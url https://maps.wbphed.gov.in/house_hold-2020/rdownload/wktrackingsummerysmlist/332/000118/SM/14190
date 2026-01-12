--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -116,51 +116,51 @@
   <si>
     <t>RTOR000030/2023-2024</t>
   </si>
   <si>
     <t>1811/MD</t>
   </si>
   <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000053/2023-2024</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. II of Augmentation of Jotgopal Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/008179)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
-    <t>Junior Engineer-03</t>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000249/2023-2024</t>
   </si>
   <si>
     <t>2220/MLMD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>16/10/2023</t>
   </si>
   <si>
     <t>TAPAN BISWAS.</t>
   </si>
   <si>
     <t>Formal work order for the work of Augmentation of JOTGOPAL Piped Water Supply Scheme at Englishbazar Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Amit Biswas, Assistant Engineer</t>
   </si>
   <si>
     <t>Bikash Balo, Junior Engineer</t>
   </si>