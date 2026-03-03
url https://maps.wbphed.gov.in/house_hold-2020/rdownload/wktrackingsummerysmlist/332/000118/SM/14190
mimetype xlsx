--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -991,54 +991,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>12.3</v>
       </c>
       <c r="Q5" s="4">
-        <v>11.08</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>90.11</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1052,54 +1052,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>192.85</v>
       </c>
       <c r="Q6" s="4">
-        <v>59.15</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>30.67</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>32</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1174,54 +1174,54 @@
       <c r="I8" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>4.14</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.12</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1235,54 +1235,54 @@
       <c r="I9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>8.36</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>25.82</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1410,54 +1410,54 @@
       <c r="I12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>13.48</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.49</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>70.38</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1471,54 +1471,54 @@
       <c r="I13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>0.86</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.57</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>183.69</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1566,54 +1566,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>288.94</v>
       </c>
       <c r="P15" s="8">
-        <v>87.56</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>30.3</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>