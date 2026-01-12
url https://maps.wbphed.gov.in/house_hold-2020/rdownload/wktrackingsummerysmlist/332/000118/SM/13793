--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -200,138 +200,126 @@
   <si>
     <t>13/07/2024</t>
   </si>
   <si>
     <t>SOVAN KUMAR ROY</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Sinking of 250mm. Dia. x 150 mm. dia. and 160 Mtr. Deep Big dia Tube well (2 Nos.) at KHARBA Water Supply Scheme under Chanchal-I Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000676/2022-2023</t>
   </si>
   <si>
     <t>1140/MD</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
     <t>19/04/2023</t>
   </si>
   <si>
     <t>DUTTA ENTERPRISE</t>
   </si>
   <si>
-    <t>Acceptance cum formal work order for Construction of 5.40 mtr.X 3.6 mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement at Head Work Site of KHARBA Water Supply Scheme at Chanchal-I Block of Malda District under Malda Division, PHE Dte.</t>
-[...5 lines deleted...]
-    <t>1127/MD</t>
+    <t>Sinking of 250mm. Dia. x 150 mm. Big dia. Tube Well of 160 Mtr. Deep at Head Work Site at Kharba under Chanchal-I under Malda Division, PHE Dte, Govt. of West Bengal.</t>
+  </si>
+  <si>
+    <t>ORD/000902/2023-2024</t>
+  </si>
+  <si>
+    <t>275/MD</t>
+  </si>
+  <si>
+    <t>11/01/2024</t>
+  </si>
+  <si>
+    <t>25/02/2024</t>
+  </si>
+  <si>
+    <t>A. L. ENGINEERING SOLUTION</t>
+  </si>
+  <si>
+    <t>RTOR000116/2023-2024</t>
+  </si>
+  <si>
+    <t>86/MD</t>
+  </si>
+  <si>
+    <t>05/01/2024</t>
+  </si>
+  <si>
+    <t>Malda Mechanical</t>
+  </si>
+  <si>
+    <t>New service connection at kharba w/s supply sch. under EE/MLMD PHE DTE Dist. malda (chanchal c.c.c)</t>
+  </si>
+  <si>
+    <t>BILL/03548/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-561</t>
+  </si>
+  <si>
+    <t>16/02/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.LTD</t>
+  </si>
+  <si>
+    <t>New service connection at KHARBA PWSS T/W NO II Under EE/MLMD PHE DTE DIST. Malda.( Chanchal c c c)</t>
+  </si>
+  <si>
+    <t>BILL/01932/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-473</t>
+  </si>
+  <si>
+    <t>28/08/2024</t>
+  </si>
+  <si>
+    <t>New service connection at KHARBA PWSS T/W NO III Under EE/MLMD PHE DTE DIST. Malda.( CHANCHAL c c c)</t>
+  </si>
+  <si>
+    <t>BILL/01931/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-472</t>
+  </si>
+  <si>
+    <t>Acceptance cum formal work order for Construction of 3.60 mtr.X 3.00 mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement at 2nd Tube Well site. of KHARBA Water Supply Scheme at Chanchal-I Block of Malda District under Malda Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000482/2022-2023</t>
+  </si>
+  <si>
+    <t>1128/MD</t>
   </si>
   <si>
     <t>04/05/2023</t>
-  </si>
-[...76 lines deleted...]
-    <t>1128/MD</t>
   </si>
   <si>
     <t>M/S FOUR STAR CONSTRUCTION</t>
   </si>
   <si>
     <t>Formal work order for the work of Laying distribution pipe line of KHARBA and it's adjoining mouzas Piped Water Supply Scheme at Chanchal-I Block of Malda district under Malda Division, PHE Dte. Govt of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000068/2023-2024</t>
   </si>
   <si>
     <t>2033/MD</t>
   </si>
   <si>
     <t>19/05/2023</t>
   </si>
   <si>
     <t>17/08/2023</t>
   </si>
   <si>
     <t>HANNAN BUILDERS PVT. LTD.</t>
   </si>
   <si>
     <t>Formal work order for the work of Construction of 750 M3 Capacity OHR with Soil Investigation and FHTC of KHARBA Piped Water Supply Scheme at Chanchal-I Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
@@ -795,51 +783,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W20"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="68.269043" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1316,727 +1304,664 @@
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P9" s="4">
-        <v>6.52</v>
+        <v>10.64</v>
       </c>
       <c r="Q9" s="4">
-        <v>6.15</v>
+        <v>9.12</v>
       </c>
       <c r="R9" s="4">
-        <v>94.32</v>
+        <v>85.72</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="P10" s="4">
-        <v>10.64</v>
+        <v>16.23</v>
       </c>
       <c r="Q10" s="4">
-        <v>9.12</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>85.72</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="P11" s="4">
-        <v>16.23</v>
+        <v>5.27</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="P12" s="4">
-        <v>5.27</v>
+        <v>4.6</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="L13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="4" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="P13" s="4">
-        <v>4.6</v>
+        <v>4.04</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="I14" s="13"/>
-[...1 lines deleted...]
-      <c r="K14" s="4" t="s">
+      <c r="M14" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="M14" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" s="4">
-        <v>4.04</v>
+        <v>4.2</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P15" s="4">
-        <v>4.2</v>
+        <v>430.15</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>384.15</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>89.31</v>
       </c>
       <c r="S15" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="P16" s="4">
-        <v>430.15</v>
+        <v>355.8</v>
       </c>
       <c r="Q16" s="4">
-        <v>384.15</v>
+        <v>68.83</v>
       </c>
       <c r="R16" s="4">
-        <v>89.31</v>
+        <v>19.34</v>
       </c>
       <c r="S16" s="4">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>55</v>
+        <v>107</v>
       </c>
       <c r="P17" s="4">
-        <v>355.8</v>
+        <v>42.98</v>
       </c>
       <c r="Q17" s="4">
-        <v>68.83</v>
+        <v>31.15</v>
       </c>
       <c r="R17" s="4">
-        <v>19.34</v>
+        <v>72.47</v>
       </c>
       <c r="S17" s="4">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>105</v>
+        <v>36</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>109</v>
+        <v>46</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P18" s="4">
-        <v>42.98</v>
+        <v>8.66</v>
       </c>
       <c r="Q18" s="4">
-        <v>31.15</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>72.47</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
-      <c r="A19" s="3">
-[...29 lines deleted...]
-      <c r="K19" s="4" t="s">
+      <c r="A19" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="L19" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>1041.25</v>
+      </c>
+      <c r="P19" s="8">
+        <v>515.99</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>49.55</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
-    <row r="20" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A20:N20"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>