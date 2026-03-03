--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1064,54 +1064,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>14.87</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.43</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>29.78</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1253,54 +1253,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>21.12</v>
       </c>
       <c r="Q8" s="4">
-        <v>18.31</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>86.72</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1316,54 +1316,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>10.64</v>
       </c>
       <c r="Q9" s="4">
-        <v>9.12</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>85.72</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1678,54 +1678,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="4">
         <v>430.15</v>
       </c>
       <c r="Q15" s="4">
-        <v>384.15</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>89.31</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1741,54 +1741,54 @@
       <c r="I16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P16" s="4">
         <v>355.8</v>
       </c>
       <c r="Q16" s="4">
-        <v>68.83</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>19.34</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>40</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1804,54 +1804,54 @@
       <c r="I17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P17" s="4">
         <v>42.98</v>
       </c>
       <c r="Q17" s="4">
-        <v>31.15</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>72.47</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1901,54 +1901,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1041.25</v>
       </c>
       <c r="P19" s="8">
-        <v>515.99</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>49.55</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>