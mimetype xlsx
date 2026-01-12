--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -243,50 +243,53 @@
     <t>BILL/03574/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-593</t>
   </si>
   <si>
     <t>Formal work order for the work of Implementation of KRISHNAPUR Piped Water Supply Scheme at Habibpur Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000010/2023-2024</t>
   </si>
   <si>
     <t>1573/MD</t>
   </si>
   <si>
     <t>10/04/2023</t>
   </si>
   <si>
     <t>01/05/2025</t>
   </si>
   <si>
     <t>M/S MAA TARA CONSTRUCTION</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Krishnapur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/013458)</t>
+  </si>
+  <si>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000498/2023-2024</t>
   </si>
   <si>
     <t>2568/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
     <t>14/07/2025</t>
   </si>
   <si>
     <t>DAS ENTERPRISE.</t>
   </si>
   <si>
     <t>Design, Supplying, Fabrication, Erection &amp; Commissioning including 3 (three) months Trial Run of 70 m³/hr. capacity Pressure type IRON ELIMINATION Plant with Construction of Blower room &amp; backwash water disposal at Krishnapur Water Supply Scheme of Habibpur Block under Malda Division P.H.E Dte in the District of Malda.</t>
   </si>
   <si>
     <t>ORD/000630/2024-2025</t>
   </si>
   <si>
     <t>5837/MD</t>
   </si>
@@ -1437,276 +1440,276 @@
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>28.26</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>30.14</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P14" s="4">
         <v>60.55</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P15" s="4">
         <v>7.18</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>871.63</v>
       </c>
       <c r="P16" s="8">
         <v>489.53</v>
       </c>
       <c r="Q16" s="8">
         <v>56.16</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>