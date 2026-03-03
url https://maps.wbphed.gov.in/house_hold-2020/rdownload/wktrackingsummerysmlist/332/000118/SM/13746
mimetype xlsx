--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -906,54 +906,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4">
         <v>3004508461</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.89</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.89</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -969,54 +969,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4">
         <v>3004508446</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>7.95</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.95</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1154,54 +1154,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>90.08</v>
       </c>
       <c r="Q7" s="4">
-        <v>85.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>94.81</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>85</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1217,54 +1217,54 @@
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>18.55</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.84</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>26.12</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1398,54 +1398,54 @@
       <c r="I11" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>570.36</v>
       </c>
       <c r="Q11" s="4">
-        <v>387.45</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>67.93</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1684,54 +1684,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>871.63</v>
       </c>
       <c r="P16" s="8">
-        <v>489.53</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>56.16</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>