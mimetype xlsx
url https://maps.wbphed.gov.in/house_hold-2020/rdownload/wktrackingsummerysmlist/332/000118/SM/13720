--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -171,50 +171,53 @@
     <t>Formal work order for the work of Implementation of EMAMNAGAR Piped Water Supply Scheme at Gazole Dev. Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Arnab Giri, Assistant Engineer</t>
   </si>
   <si>
     <t>Amit Karmakar, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000662/2022-2023</t>
   </si>
   <si>
     <t>1039/MD</t>
   </si>
   <si>
     <t>13/03/2023</t>
   </si>
   <si>
     <t>01/04/2026</t>
   </si>
   <si>
     <t>GHOSH BROTHERS</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Emamnagar Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/014505)</t>
+  </si>
+  <si>
+    <t>Junior Engineer-06,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000379/2023-2024</t>
   </si>
   <si>
     <t>2387/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>DAS ENTERPRISE.</t>
   </si>
   <si>
     <t>Providing balance Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Emamnagar Water Supply Scheme under Gazole Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>ORD/000719/2024-2025</t>
   </si>
   <si>
     <t>6410/MD</t>
   </si>
@@ -1105,213 +1108,213 @@
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>28.65</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>52.11</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>28.8</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1360.42</v>
       </c>
       <c r="P11" s="8">
         <v>641.44</v>
       </c>
       <c r="Q11" s="8">
         <v>47.15</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>