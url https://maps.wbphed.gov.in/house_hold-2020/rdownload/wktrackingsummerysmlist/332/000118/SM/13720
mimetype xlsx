--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -822,54 +822,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4">
         <v>3004467227</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.4</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.4</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -885,54 +885,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4">
         <v>3004467170</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>3.8</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.8</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1066,54 +1066,54 @@
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>1113.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>634.24</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>56.95</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1289,54 +1289,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1360.42</v>
       </c>
       <c r="P11" s="8">
-        <v>641.44</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>47.15</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>