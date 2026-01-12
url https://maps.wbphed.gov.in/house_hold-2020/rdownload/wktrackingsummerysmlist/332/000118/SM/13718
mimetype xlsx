--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -255,50 +255,53 @@
     <t>QUOTATION PAYMENT FOR OLTARA PH 2 UNDER AIHO CCC UNDER DISTRICT OF MALDA</t>
   </si>
   <si>
     <t>BILL/03565/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-585</t>
   </si>
   <si>
     <t>Formal work order for Implementation of OLTARA Water Supply Scheme at Habibpur Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000742/2022-2023</t>
   </si>
   <si>
     <t>1253/MD</t>
   </si>
   <si>
     <t>22/03/2023</t>
   </si>
   <si>
     <t>23/04/2025</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II &amp; III and making compound lighting arrangement at T/W no. I of Oltara Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/013242)</t>
+  </si>
+  <si>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000388/2023-2024</t>
   </si>
   <si>
     <t>2396/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
     <t>27/12/2025</t>
   </si>
   <si>
     <t>PROGRESSIVE ENG'S CO-OP. SOCIETY LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1523,87 +1526,87 @@
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>28</v>
+        <v>81</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>43.33</v>
       </c>
       <c r="Q14" s="4">
         <v>24.67</v>
       </c>
       <c r="R14" s="4">
         <v>56.95</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1183.1</v>
       </c>
       <c r="P15" s="8">
         <v>697.47</v>
       </c>
       <c r="Q15" s="8">
         <v>58.95</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>