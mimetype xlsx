--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -870,54 +870,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4">
         <v>3004508478</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.14</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.14</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1484,54 +1484,54 @@
       <c r="I13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P13" s="4">
         <v>919.78</v>
       </c>
       <c r="Q13" s="4">
-        <v>663.66</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>72.15</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>85</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1547,88 +1547,88 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>43.33</v>
       </c>
       <c r="Q14" s="4">
-        <v>24.67</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>56.95</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1183.1</v>
       </c>
       <c r="P15" s="8">
-        <v>697.47</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>58.95</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>