--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -209,51 +209,51 @@
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
     <t>05/02/2024</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II and making compound lighting arrangement at T/W no. I of Bishanpur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/014466)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-05</t>
   </si>
   <si>
     <t>ORD/000376/2023-2024</t>
   </si>
   <si>
     <t>2384/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
-    <t>01/04/2025</t>
+    <t>29/10/2025</t>
   </si>
   <si>
     <t>DAS ENTERPRISE.</t>
   </si>
   <si>
     <t>Laying of Distribution of UPVC Pipeline of BISHANPUR Piped Water Supply Scheme at Harishchandrapur-I Block of Malda District under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Sanjit Sarkar, Junior Engineer ,Mr. Susanta Pal, JE_Deputation</t>
   </si>
   <si>
     <t>ORD/000748/2023-2024</t>
   </si>
   <si>
     <t>4995/MD</t>
   </si>
   <si>
     <t>15/12/2023</t>
   </si>
   <si>
     <t>13/02/2024</t>
   </si>
   <si>
     <t>M/S ALISA CONSTRUCTIION</t>
   </si>