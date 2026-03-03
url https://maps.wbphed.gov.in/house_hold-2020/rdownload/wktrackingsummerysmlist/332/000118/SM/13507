--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1241,54 +1241,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P9" s="4">
         <v>349.38</v>
       </c>
       <c r="Q9" s="4">
-        <v>172.57</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>49.39</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>25</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1304,54 +1304,54 @@
       <c r="I10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>26.53</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.21</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>4.56</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>82</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1367,54 +1367,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>93.44</v>
       </c>
       <c r="Q11" s="4">
-        <v>51.26</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>54.86</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1590,54 +1590,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>657.78</v>
       </c>
       <c r="P15" s="8">
-        <v>225.04</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>34.21</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>