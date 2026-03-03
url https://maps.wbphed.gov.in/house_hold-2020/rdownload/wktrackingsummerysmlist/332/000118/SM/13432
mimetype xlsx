--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -236,51 +236,51 @@
   <si>
     <t>Acceptance cum formal work order for Laying of Distribution of UPVC Pipeline of HORGOA Piped Water Supply Scheme at Habibpur Block of Malda District under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000098/2023-2024</t>
   </si>
   <si>
     <t>2325/MD</t>
   </si>
   <si>
     <t>08/06/2023</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
     <t>M/S S. S. ENTERPRISE</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II and making compound lighting arrangement at T/W no. I of Horgao Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/015215)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
-    <t>Junior Engineer-03</t>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000318/2023-2024</t>
   </si>
   <si>
     <t>2320/MLMD</t>
   </si>
   <si>
     <t>26/07/2023</t>
   </si>
   <si>
     <t>23/11/2023</t>
   </si>
   <si>
     <t>M/S CHANDRANATH MUKHERJEE.</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Hargoa Water Supply Scheme under Habibpur Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>ORD/000628/2024-2025</t>
   </si>
   <si>
     <t>5835/MD</t>
   </si>
@@ -959,54 +959,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>418.92</v>
       </c>
       <c r="Q4" s="4">
-        <v>208.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>49.79</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>45</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1378,54 +1378,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>75.74</v>
       </c>
       <c r="Q11" s="4">
-        <v>39.56</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>52.23</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>40</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1441,54 +1441,54 @@
       <c r="I12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>26.64</v>
       </c>
       <c r="Q12" s="4">
-        <v>21.71</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>81.49</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>80</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1664,54 +1664,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>650.09</v>
       </c>
       <c r="P16" s="8">
-        <v>269.87</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>41.51</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>