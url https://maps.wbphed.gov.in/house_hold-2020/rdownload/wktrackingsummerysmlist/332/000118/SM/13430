--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>ORD/000779/2023-2024</t>
   </si>
   <si>
     <t>Malda Division</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000050/2023-2024</t>
   </si>
   <si>
     <t>1811/MD</t>
   </si>
   <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Jigin Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/015837)</t>
   </si>
   <si>
-    <t>Junior Engineer-07</t>
+    <t>Junior Engineer-06,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000317/2023-2024</t>
   </si>
   <si>
     <t>2319/MLMD</t>
   </si>
   <si>
     <t>26/07/2023</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>RMD TRADING.</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Construction of 5.40 mtr.X 3.6 mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement at Head Work Site of JIGIN Water Supply Scheme at Gazole Block of Malda District under Malda Division, PHE Dte.</t>
   </si>
   <si>
     <t>Mr. Arnab Giri, Assistant Engineer</t>
   </si>
   <si>
     <t>Ziaur Rahaman, Junior Engineer</t>
   </si>
@@ -207,50 +207,68 @@
     <t>ORD/000685/2022-2023</t>
   </si>
   <si>
     <t>1134/MD</t>
   </si>
   <si>
     <t>M/S ROY CONSTRUCTION</t>
   </si>
   <si>
     <t>Providing balance Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Jigin Water Supply Scheme under Gazole Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>ORD/000127/2025-2026</t>
   </si>
   <si>
     <t>2509/MD</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
   <si>
     <t>28/07/2025</t>
   </si>
   <si>
     <t>ARKADEEP ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Formal work order for Implementation of JIGIN Water Supply Scheme at Gazole Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
+  </si>
+  <si>
+    <t>ORD/000741/2022-2023</t>
+  </si>
+  <si>
+    <t>1251/MD</t>
+  </si>
+  <si>
+    <t>22/03/2023</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>GOBINDA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -639,51 +657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -802,54 +820,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>3004387500</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>10.6</v>
       </c>
       <c r="Q3" s="4">
-        <v>10.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -863,54 +881,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>3004387515</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>6.63</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.63</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -985,54 +1003,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>26.24</v>
       </c>
       <c r="Q6" s="4">
-        <v>19.04</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>72.57</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>78</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1048,54 +1066,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>6.58</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.92</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.99</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1111,54 +1129,54 @@
       <c r="I8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>4.21</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.19</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.7</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1188,87 +1206,150 @@
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>7.24</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="7" t="s">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="B10" s="7"/>
-[...22 lines deleted...]
-      <c r="S10" s="8"/>
+      <c r="I10" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" s="4">
+        <v>88.5</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>100</v>
+      </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>184.75</v>
+      </c>
+      <c r="P11" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>0</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>