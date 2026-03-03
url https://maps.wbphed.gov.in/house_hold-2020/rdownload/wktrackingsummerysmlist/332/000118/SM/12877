--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -939,54 +939,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>3.33</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1061,54 +1061,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>25.24</v>
       </c>
       <c r="Q6" s="4">
-        <v>17.75</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>70.35</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1242,54 +1242,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>357.66</v>
       </c>
       <c r="Q9" s="4">
-        <v>111.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>31.26</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1528,54 +1528,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>565.71</v>
       </c>
       <c r="P14" s="8">
-        <v>132.86</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>23.49</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>