--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -155,51 +155,51 @@
   <si>
     <t>1811/MD</t>
   </si>
   <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Bairat Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/014439)</t>
   </si>
   <si>
     <t>Junior Engineer-05</t>
   </si>
   <si>
     <t>ORD/000374/2023-2024</t>
   </si>
   <si>
     <t>2382/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
-    <t>13/12/2025</t>
+    <t>11/06/2026</t>
   </si>
   <si>
     <t>M/S. KUNDU CONSTRACTION</t>
   </si>
   <si>
     <t>RTOR000107/2023-2024</t>
   </si>
   <si>
     <t>37/MD</t>
   </si>
   <si>
     <t>04/01/2024</t>
   </si>
   <si>
     <t>Formal work order for the work of Implementation of BAIRAT Piped Water Supply Scheme at Harishchandrapur-I Dev. Block of Malda District under Malda Division, PHE Dte. Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Sumit Kumar Ghosh, Assistant Engineer</t>
   </si>
   <si>
     <t>Mr. Sanjit Sarkar, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000534/2022-2023</t>
   </si>