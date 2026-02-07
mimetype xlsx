--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -835,54 +835,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>3004353764</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>9.45</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.45</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -896,54 +896,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4">
         <v>3004353771</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>4.51</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.51</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1018,54 +1018,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>27.77</v>
       </c>
       <c r="Q6" s="4">
-        <v>23.81</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>85.73</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>86</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1140,54 +1140,54 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>732.14</v>
       </c>
       <c r="Q8" s="4">
-        <v>589.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>80.58</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>79</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1363,54 +1363,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>897.31</v>
       </c>
       <c r="P12" s="8">
-        <v>627.72</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>69.96</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>