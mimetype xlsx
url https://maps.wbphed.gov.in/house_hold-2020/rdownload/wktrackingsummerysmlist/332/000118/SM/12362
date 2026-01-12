--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -158,51 +158,51 @@
   <si>
     <t>Mr. Amit Biswas, Assistant Engineer,Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>Bikash Balo, Junior Engineer,Shreya Das, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000421/2022-2023</t>
   </si>
   <si>
     <t>3179/MD</t>
   </si>
   <si>
     <t>23/12/2022</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>M/S NIRAPADA BHATTACHARJEE</t>
   </si>
   <si>
     <t>Supply, installation and commissioning of electro-mechanical components at T/W no. II of Augmentation of Maheshpur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
-    <t>Junior Engineer-03</t>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/002486/2023-2024</t>
   </si>
   <si>
     <t>808/MLMD</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>28/12/2025</t>
   </si>
   <si>
     <t>BEE GEE CONSTRUCTION.</t>
   </si>
   <si>
     <t>Construction of 5.40 mtr.X 3.6mtr Switch Room cum chlorine room with Water Supply and sanitary arrangement at Head Work site at Maheshpur PWSS of Englishbazar Block under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Amit Biswas, Assistant Engineer</t>
   </si>
   <si>
     <t>Bikash Balo, Junior Engineer</t>
   </si>
@@ -293,51 +293,51 @@
   <si>
     <t>10/06/2024</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>MERCURY ENGINEERING COMPANY</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Maheshpur Water Supply Scheme under Englishbazar Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000741/2024-2025</t>
   </si>
   <si>
     <t>25/MD</t>
   </si>
   <si>
     <t>06/01/2025</t>
   </si>
   <si>
-    <t>17/11/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>M/S STAR INDIA CONSTRUTION</t>
   </si>
   <si>
     <t>Augmentation work of Construction of Boundary Wall at Head Work site of MAHISHBATHANI Water Supply Scheme under Old Malda Dev. Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Bikash Balo, Junior Engineer,Junior Engineer,</t>
   </si>
   <si>
     <t>ORD/000008/2025-2026</t>
   </si>
   <si>
     <t>2411/MD</t>
   </si>
   <si>
     <t>27/05/2025</t>
   </si>
   <si>
     <t>10/08/2025</t>
   </si>
   <si>
     <t>M/S EHAN ENTERPRISE</t>
   </si>