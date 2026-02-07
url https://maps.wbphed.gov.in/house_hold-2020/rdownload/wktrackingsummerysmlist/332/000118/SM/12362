--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -959,54 +959,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4">
         <v>3004405173</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>7.66</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.66</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1134,54 +1134,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>631.46</v>
       </c>
       <c r="Q6" s="4">
-        <v>568.82</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>90.08</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>95</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1195,54 +1195,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>12.42</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.73</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>78.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1256,54 +1256,54 @@
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>6.52</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.28</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.2</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1317,54 +1317,54 @@
       <c r="I9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>15.94</v>
       </c>
       <c r="Q9" s="4">
-        <v>12.54</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>78.69</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1378,54 +1378,54 @@
       <c r="I10" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>37.78</v>
       </c>
       <c r="Q10" s="4">
-        <v>9.95</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>26.34</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1862,88 +1862,88 @@
       <c r="I18" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P18" s="4">
         <v>21.48</v>
       </c>
       <c r="Q18" s="4">
-        <v>8.9</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>41.44</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>118</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1017.93</v>
       </c>
       <c r="P19" s="8">
-        <v>623.89</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>61.29</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>