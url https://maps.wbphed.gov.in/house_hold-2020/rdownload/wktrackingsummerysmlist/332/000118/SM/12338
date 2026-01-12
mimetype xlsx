--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -170,51 +170,51 @@
   <si>
     <t>SNEHASISH GHOSH</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Daudpur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/011680)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-05</t>
   </si>
   <si>
     <t>ORD/001796/2023-2024</t>
   </si>
   <si>
     <t>3683/MLMD</t>
   </si>
   <si>
     <t>29/11/2023</t>
   </si>
   <si>
-    <t>27/05/2024</t>
+    <t>28/01/2026</t>
   </si>
   <si>
     <t>MUKHERJEE ART CENTRE</t>
   </si>
   <si>
     <t>Sinking of 250mm. Dia. x 150 mm. Big dia. Tube Well of 160m Deep at Daudpur PWSS under Chanchal-I Block under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Tilok Roy, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000303/2024-2025</t>
   </si>
   <si>
     <t>4741/MD</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>26/10/2024</t>
   </si>
   <si>
     <t>A. L. ENGINEERING SOLUTION</t>
   </si>