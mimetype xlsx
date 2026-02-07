--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1094,54 +1094,54 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>29.89</v>
       </c>
       <c r="Q6" s="4">
-        <v>19.34</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>64.69</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>65</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1401,54 +1401,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>151.6</v>
       </c>
       <c r="Q11" s="4">
-        <v>34.14</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>22.52</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1624,54 +1624,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>415.11</v>
       </c>
       <c r="P15" s="8">
-        <v>53.47</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>12.88</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>