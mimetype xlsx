--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -176,51 +176,51 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000020/2022-2023</t>
   </si>
   <si>
     <t>2405/MD</t>
   </si>
   <si>
     <t>17/10/2022</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. III of Pannapur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/012801)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
-    <t>Junior Engineer-03</t>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000385/2023-2024</t>
   </si>
   <si>
     <t>2393/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
     <t>04/11/2025</t>
   </si>
   <si>
     <t>SUBRATA KUMAR DAS.</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) and Laying of Distribution Pipeline in connection with Jal Jeevan Mission (JJM) at Pannapur Water Supply Scheme under Habibpur Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Ziaur Rahaman, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000621/2024-2025</t>
   </si>