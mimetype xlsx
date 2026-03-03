--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -959,54 +959,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>0.82</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.27</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1077,54 +1077,54 @@
       <c r="I7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>10.44</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.01</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>86.3</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1199,54 +1199,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>69.14</v>
       </c>
       <c r="Q9" s="4">
-        <v>67.15</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.12</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>88</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1290,54 +1290,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>143.24</v>
       </c>
       <c r="P11" s="8">
-        <v>76.43</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>53.36</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>