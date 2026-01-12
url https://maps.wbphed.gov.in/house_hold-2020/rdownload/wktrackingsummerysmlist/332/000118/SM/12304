--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -203,51 +203,51 @@
   <si>
     <t>Formal work order for the work of Implementation of KANTHALANPUR Piped Water Supply Scheme at Habibpur Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000035/2023-2024</t>
   </si>
   <si>
     <t>1849/MD</t>
   </si>
   <si>
     <t>03/05/2023</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>SOVON KUMAR DAS</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Kanthalanpur Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/013454)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
-    <t>Junior Engineer-03</t>
+    <t>Junior Engineer-03,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000381/2023-2024</t>
   </si>
   <si>
     <t>2389/MLMD</t>
   </si>
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
     <t>11/01/2026</t>
   </si>
   <si>
     <t>HANNAN BUILDERS PVT. LTD.</t>
   </si>
   <si>
     <t>Erection of Property board and dissemination of Property information through wall painting related to Jal Jeevan Mission works of Oltara, Mianagar, Kadirpur, Bhabuk, Kanthalanpur PWSS under Habibpur Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>Shreya Das, Junior Engineer</t>
   </si>