--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -896,54 +896,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>64.73</v>
       </c>
       <c r="Q4" s="4">
-        <v>42.81</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>66.13</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>80</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1140,54 +1140,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>322.9</v>
       </c>
       <c r="Q8" s="4">
-        <v>231.44</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>71.68</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1203,54 +1203,54 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>30</v>
       </c>
       <c r="Q9" s="4">
-        <v>23.48</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>78.26</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>19</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1300,54 +1300,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>506.43</v>
       </c>
       <c r="P11" s="8">
-        <v>297.73</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>58.79</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>