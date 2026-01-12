--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -137,51 +137,51 @@
   <si>
     <t>11/04/2023</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II and making compound lighting arrangement at T/W no. I of Gochiya Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/012594)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-05</t>
   </si>
   <si>
     <t>ORD/001800/2023-2024</t>
   </si>
   <si>
     <t>3687/MLMD</t>
   </si>
   <si>
     <t>29/11/2023</t>
   </si>
   <si>
-    <t>27/05/2024</t>
+    <t>28/01/2026</t>
   </si>
   <si>
     <t>S.P. ENTERPRISE (SILIGURI)</t>
   </si>
   <si>
     <t>Sinking of 200mm. (all through) Big dia. Tube Well of 180m Deep at Head Work Site by D.R. Rig Method using P.V.C. pipe including supply of materials at GOCHIYA Water Supply Scheme of Harishchandrapur-I Block under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>Mr. Sumit Kumar Ghosh, Assistant Engineer</t>
   </si>
   <si>
     <t>Mr. Sanjit Sarkar, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000651/2024-2025</t>
   </si>
   <si>
     <t>6044/MD</t>
   </si>
   <si>
     <t>02/12/2024</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>