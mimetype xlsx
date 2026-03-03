--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -940,54 +940,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>26.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>19.53</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>72.73</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>73</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1184,54 +1184,54 @@
       <c r="I9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>508.24</v>
       </c>
       <c r="Q9" s="4">
-        <v>174.7</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>34.37</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>35</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1281,54 +1281,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>649.63</v>
       </c>
       <c r="P11" s="8">
-        <v>194.24</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>29.9</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>