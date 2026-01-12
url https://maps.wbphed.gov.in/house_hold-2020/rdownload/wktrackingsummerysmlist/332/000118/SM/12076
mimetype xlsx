--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -251,51 +251,51 @@
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>New service connection at CHOUPALDANGA Pwss pH NO III Under EE/MLMD PHE DTE DIST. Malda.( kushida c c c)</t>
   </si>
   <si>
     <t>BILL/03679/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-662</t>
   </si>
   <si>
     <t>Formal work order for the work of Laying of Distribution pipe line of CHOUPALDANGA and its adjoining mouzas Pipe Water Supply Scheme at Harishchandrapur-I Block in the District of Malda under Malda Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000335/2022-2023</t>
   </si>
   <si>
     <t>2384/MD</t>
   </si>
   <si>
     <t>13/10/2022</t>
   </si>
   <si>
-    <t>12/12/2022</t>
+    <t>01/01/2025</t>
   </si>
   <si>
     <t>NEOGI ENTERPRISE</t>
   </si>
   <si>
     <t>Formal work order for the work of Construction of 500 M3 Capacity OHR with Soil Investigation and FHTC of CHOUPALDANGA Piped Water Supply Scheme at Harishchandrapur-I Block of Malda district under Malda Division, PHE Dte., Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000044/2023-2024</t>
   </si>
   <si>
     <t>2007/MD</t>
   </si>
   <si>
     <t>17/05/2023</t>
   </si>
   <si>
     <t>03/08/2024</t>
   </si>
   <si>
     <t>NIRMAN</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II &amp; III and making compound lighting arrangement at T/W no. I of Choupaldanga Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/011833)</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>ORD/000146/2025-2026</t>
   </si>
   <si>
     <t>2684/MD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>GIRIDHARI CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Boundary Wall at 2nd Tubewell site of Choupaldanga Water Supply Scheme under Harischandrapur-I Block under Malda Division, PHE Dte. in the district of Malda. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000147/2025-2026</t>
   </si>
   <si>
     <t>2685/MD</t>
   </si>
   <si>
-    <t>19/07/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>HARUN ALL RASHID &amp; BROTHERS</t>
   </si>
   <si>
     <t>Formal work order for the work of Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Choupaldanga Water Supply Scheme under Harishchandrapur-II Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>ORD/000063/2025-2026</t>
   </si>
   <si>
     <t>1911/MD</t>
   </si>
   <si>
     <t>14/05/2025</t>
   </si>
   <si>
     <t>13/07/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 