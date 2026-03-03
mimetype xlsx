--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1025,54 +1025,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>9.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.71</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>90.28</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1086,54 +1086,54 @@
         <v>40</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4">
         <v>3004302721</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>3.2</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1208,54 +1208,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>6.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.01</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>90.06</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1271,54 +1271,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>20.31</v>
       </c>
       <c r="Q8" s="4">
-        <v>20.05</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.69</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1511,54 +1511,54 @@
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>275.7</v>
       </c>
       <c r="Q12" s="4">
-        <v>217.53</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>78.9</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1574,54 +1574,54 @@
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>243.67</v>
       </c>
       <c r="Q13" s="4">
-        <v>59.39</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>24.37</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1637,54 +1637,54 @@
       <c r="I14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>38.6</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.57</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>17.01</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>85</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1986,54 +1986,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>119</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>825.31</v>
       </c>
       <c r="P20" s="8">
-        <v>321.45</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>38.95</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>