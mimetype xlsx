--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -161,51 +161,51 @@
   <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I, II of Tulshihata (zone-I) Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/011266)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-05</t>
   </si>
   <si>
     <t>ORD/000698/2023-2024</t>
   </si>
   <si>
     <t>2773/MLMD</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
-    <t>13/12/2025</t>
+    <t>11/06/2026</t>
   </si>
   <si>
     <t>SUDIP DEY</t>
   </si>
   <si>
     <t>RTOR000103/2023-2024</t>
   </si>
   <si>
     <t>33/MD</t>
   </si>
   <si>
     <t>04/01/2024</t>
   </si>
   <si>
     <t>RTOR000009/2024-2025</t>
   </si>
   <si>
     <t>3921/MD</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
   <si>
     <t>Formal work order for the work of Laying Distribution pipe line for TULSHIHATA (ZONE-I) &amp; its adjoining mouzas Piped Water Supply at Harishchandrapur-I Block in the District Malda under Malda Division, PHE Dte. (2nd Call).</t>
   </si>