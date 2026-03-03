--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -885,54 +885,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.42</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.42</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1066,54 +1066,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>25.6</v>
       </c>
       <c r="Q6" s="4">
-        <v>21.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>82.08</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>85</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1247,54 +1247,54 @@
       <c r="I9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>168.65</v>
       </c>
       <c r="Q9" s="4">
-        <v>101.34</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>60.09</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1310,54 +1310,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>80.46</v>
       </c>
       <c r="Q10" s="4">
-        <v>72.04</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>89.53</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1533,54 +1533,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>363.55</v>
       </c>
       <c r="P14" s="8">
-        <v>197.81</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>54.41</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>