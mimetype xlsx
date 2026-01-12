--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -164,66 +164,66 @@
   <si>
     <t>RTOR000136/2023-2024</t>
   </si>
   <si>
     <t>115/MD</t>
   </si>
   <si>
     <t>05/01/2024</t>
   </si>
   <si>
     <t>Formal work order for the work of Laying of Distribution pipe line in connection with Augmentation of Kushida Pipe Water Supply Scheme at Harishchandrapur-I Block in the District of Malda under Malda Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>Mr. Susanta Pal, JE_Deputation</t>
   </si>
   <si>
     <t>ORD/000011/2023-2024</t>
   </si>
   <si>
     <t>1568/MD</t>
   </si>
   <si>
     <t>10/04/2023</t>
   </si>
   <si>
-    <t>25/05/2023</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>SUBHAS CHANDRA KESHARI</t>
   </si>
   <si>
     <t>Formal work order for the work of Construction of 700 M3 Capacity OHR with Soil Investigation and FHTC of Kushida Piped Water Supply Scheme at Harishchandrapur-I Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000009/2023-2024</t>
   </si>
   <si>
     <t>1569/MD</t>
   </si>
   <si>
-    <t>01/01/2025</t>
+    <t>17/12/2025</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, and commissioning of electro-mechanical components at T/W no. III &amp; IV of Augmentation of Khusida Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/008174)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-05,Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/001799/2023-2024</t>
   </si>
   <si>
     <t>3686/MLMD</t>
   </si>
   <si>
     <t>29/11/2023</t>
   </si>
   <si>
     <t>28/09/2025</t>
   </si>