--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1137,54 +1137,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>434.18</v>
       </c>
       <c r="Q7" s="4">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>66.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>87</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1198,54 +1198,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P8" s="4">
         <v>333.31</v>
       </c>
       <c r="Q8" s="4">
-        <v>122.89</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>36.87</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1259,54 +1259,54 @@
       <c r="I9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>25.1</v>
       </c>
       <c r="Q9" s="4">
-        <v>20.64</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>82.24</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1320,54 +1320,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P10" s="4">
         <v>91.57</v>
       </c>
       <c r="Q10" s="4">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>20.72</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1564,54 +1564,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P14" s="4">
         <v>0.71</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.47</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>206.72</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1659,54 +1659,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1043.66</v>
       </c>
       <c r="P16" s="8">
-        <v>451.98</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>43.31</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>