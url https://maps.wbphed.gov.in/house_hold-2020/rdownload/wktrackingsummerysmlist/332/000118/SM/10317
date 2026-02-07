--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -306,50 +306,53 @@
     <t>1873/MD</t>
   </si>
   <si>
     <t>16/08/2022</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Placement of fund against the work for Road restoration work for laying of pipe line for Bamongala Habibpur Road (Portion from 7.00 kmp to 7.50 kmp) for Mirzapur Piped Water Supply Scheme under Malda Division, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/00530/2022-2023</t>
   </si>
   <si>
     <t>BP-2022-23-211</t>
   </si>
   <si>
     <t>16/03/2023</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER, MALDA HIGHWAY DIVISION, P.W. (ROADS) DIRECTORATE.</t>
   </si>
   <si>
     <t>Formal work order for the work of Construction of 600 M3 Capacity OHR with FHTC (Mouza- Jaitan, Mirzapur, Mukuli and Salalpur) of Mirzapur Piped Water Supply Scheme at Bamangola Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
+  </si>
+  <si>
+    <t>Mr. Arnab Giri, Assistant Engineer,Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000312/2023-2024</t>
   </si>
   <si>
     <t>2917/MD</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
   <si>
     <t>27/01/2024</t>
   </si>
   <si>
     <t>MATIUR RAHAMAN</t>
   </si>
   <si>
     <t>Design, Supplying, Fabrication, Erection &amp; Commissioning including 3 (three) months Trial Run of 120 m³/hr. capacity Pressure type IRON ELIMINATION Plant with Construction of Blower room &amp; backwash water disposal at Head Work Site of Mirzapur Water Supply Scheme of Bamangola Block under Malda Division P.H.E Dte in the District of Malda.</t>
   </si>
   <si>
     <t>Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000601/2024-2025</t>
   </si>
@@ -1135,54 +1138,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.28</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>79.82</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1196,54 +1199,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>1.25</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.25</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1255,54 +1258,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>11.06</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.79</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>88.51</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1314,54 +1317,54 @@
         <v>46</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>11.13</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>88.55</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1373,54 +1376,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4">
         <v>3004228429</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>6.85</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.85</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1432,54 +1435,54 @@
         <v>55</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4">
         <v>3004228411</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>4.57</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1554,54 +1557,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>12.77</v>
       </c>
       <c r="Q10" s="4">
-        <v>12.14</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>95.03</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1615,54 +1618,54 @@
       <c r="I11" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>0.29</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1676,54 +1679,54 @@
       <c r="I12" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>0.44</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1735,54 +1738,54 @@
         <v>76</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P13" s="4">
         <v>0.46</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1796,54 +1799,54 @@
       <c r="I14" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P14" s="4">
         <v>0.29</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1947,905 +1950,905 @@
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>97</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>281.67</v>
       </c>
       <c r="Q17" s="4">
-        <v>265.29</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>94.18</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>89</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P18" s="4">
         <v>45.31</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I19" s="13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P19" s="4">
         <v>89.01</v>
       </c>
       <c r="Q19" s="4">
-        <v>33.68</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>37.84</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>90</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I20" s="13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P20" s="4">
         <v>7.45</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P21" s="4">
         <v>163.77</v>
       </c>
       <c r="Q21" s="4">
-        <v>163.77</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P22" s="4">
         <v>4.17</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.12</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>98.96</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P23" s="4">
         <v>12.53</v>
       </c>
       <c r="Q23" s="4">
-        <v>12.53</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J24" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K24" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="O24" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P24" s="4">
         <v>11.25</v>
       </c>
       <c r="Q24" s="4">
-        <v>8.37</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>74.38</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I25" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="O25" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P25" s="4">
         <v>13.72</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I26" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J26" s="13" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K26" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P26" s="4">
         <v>38.45</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I27" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P27" s="4">
         <v>12.17</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I28" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P28" s="4">
         <v>12.04</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I29" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P29" s="4">
         <v>8.76</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J30" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K30" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P30" s="4">
         <v>11.25</v>
       </c>
       <c r="Q30" s="4">
-        <v>8.89</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>79.03</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>78</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>902.81</v>
       </c>
       <c r="P31" s="8">
-        <v>544.86</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>60.35</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>