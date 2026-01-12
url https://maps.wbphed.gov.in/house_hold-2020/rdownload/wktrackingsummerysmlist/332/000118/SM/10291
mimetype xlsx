--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -407,66 +407,66 @@
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>KUNDU CONSTRUCTION</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Augmentation of Uttar Harishandropur (Zone- II) Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/008163)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
   </si>
   <si>
     <t>Junior Engineer-05</t>
   </si>
   <si>
     <t>ORD/000237/2023-2024</t>
   </si>
   <si>
     <t>2254/MLMD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
-    <t>01/04/2025</t>
+    <t>26/11/2025</t>
   </si>
   <si>
     <t>DAS ENTERPRISE.</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I , II, III &amp; IV and making compound lighting arrangement at T/W no. I of Augmentation of Uttar Harishandropur (Zone- I) Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/008163)</t>
   </si>
   <si>
     <t>ORD/000236/2023-2024</t>
   </si>
   <si>
     <t>2253/MLMD</t>
   </si>
   <si>
-    <t>30/12/2025</t>
+    <t>29/04/2026</t>
   </si>
   <si>
     <t>M/S P.P. ELECTRICALS</t>
   </si>
   <si>
     <t>Formal work order for the work of Construction of 900 M3 Capacity OHR with FHTC (Mouza- Uttar Harishchandrapur 50% area covered) of Uttar Harishchandrapur Zone-I Piped Water Supply Scheme at Harishchandrapur-I &amp; II Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000476/2023-2024</t>
   </si>
   <si>
     <t>3615/MD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>MAHAMAYA BURIMA ENTERPRISE</t>
   </si>
   <si>
     <t>Formal work order for the work of Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Uttar Harishchandrapur Zone-I Water Supply Scheme under Harishchandrapur-II Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>