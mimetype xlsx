--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1504,54 +1504,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>229.11</v>
       </c>
       <c r="Q9" s="4">
-        <v>84.59</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>36.92</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>65</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1626,54 +1626,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>25.13</v>
       </c>
       <c r="Q11" s="4">
-        <v>14.45</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>57.48</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>82</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1809,54 +1809,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>10.82</v>
       </c>
       <c r="Q14" s="4">
-        <v>10.71</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>98.95</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>95</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1870,54 +1870,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P15" s="4">
         <v>6.6</v>
       </c>
       <c r="Q15" s="4">
-        <v>5.79</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>87.82</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2159,54 +2159,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="4">
         <v>369.64</v>
       </c>
       <c r="Q20" s="4">
-        <v>327.83</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>88.69</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2220,54 +2220,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>227.6</v>
       </c>
       <c r="Q21" s="4">
-        <v>126.66</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>55.65</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>41</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>103</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2342,54 +2342,54 @@
       <c r="I23" s="13" t="s">
         <v>126</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P23" s="4">
         <v>50.68</v>
       </c>
       <c r="Q23" s="4">
-        <v>39.6</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>78.14</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>82</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2403,54 +2403,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P24" s="4">
         <v>340.61</v>
       </c>
       <c r="Q24" s="4">
-        <v>68.01</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>19.97</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>65</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2864,54 +2864,54 @@
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="7" t="s">
         <v>183</v>
       </c>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="11"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="14"/>
       <c r="I32" s="14"/>
       <c r="J32" s="14"/>
       <c r="K32" s="8"/>
       <c r="L32" s="8"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8">
         <v>1796.65</v>
       </c>
       <c r="P32" s="8">
-        <v>677.64</v>
+        <v>0</v>
       </c>
       <c r="Q32" s="8">
-        <v>37.72</v>
+        <v>0</v>
       </c>
       <c r="R32" s="8"/>
       <c r="S32" s="8"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A32:N32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>