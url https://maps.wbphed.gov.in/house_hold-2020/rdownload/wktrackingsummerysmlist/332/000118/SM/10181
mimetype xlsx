--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -585,50 +585,80 @@
     <t>31/01/2025</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>Providing balance Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Aridanga Zone-II Water Supply Scheme under Ratua-II Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Mithu Chowdhury, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000083/2025-2026</t>
   </si>
   <si>
     <t>2281/MD</t>
   </si>
   <si>
     <t>21/05/2025</t>
   </si>
   <si>
     <t>20/07/2025</t>
   </si>
   <si>
     <t>UNITED FRIENDS UNEMPLOYED ENGG CO-OPE SOCEITY LTD</t>
+  </si>
+  <si>
+    <t>Formal work order for the work of Construction of 400 M³ Capacity OHR with FHTC of ARIDANGA ZON-II Piped Water Supply Scheme at Ratua-II Dev. Block under Malda Division, PHE Dte. in the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000014/2023-2024</t>
+  </si>
+  <si>
+    <t>1649/MD</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>Formal work order for the work of Construction of 900 M³ Capacity OHR with FHTC of Aridanga Zone-I Piped Water Supply Scheme at Ratua-II Dev. Block under Malda Division, PHE Dte. in the District of Malda.</t>
+  </si>
+  <si>
+    <t>ORD/000005/2023-2024</t>
+  </si>
+  <si>
+    <t>1572/MD</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>09/04/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1017,51 +1047,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W35"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="82.408447" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3029,87 +3059,209 @@
       </c>
       <c r="N34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P34" s="4">
         <v>19.52</v>
       </c>
       <c r="Q34" s="4">
         <v>0</v>
       </c>
       <c r="R34" s="4">
         <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
-      <c r="A35" s="7" t="s">
+      <c r="A35" s="3">
+        <v>33</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C35" s="3"/>
+      <c r="D35" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H35" s="13" t="s">
         <v>191</v>
       </c>
-      <c r="B35" s="7"/>
-[...22 lines deleted...]
-      <c r="S35" s="8"/>
+      <c r="I35" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J35" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="L35" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="M35" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="N35" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="O35" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="P35" s="4">
+        <v>173.92</v>
+      </c>
+      <c r="Q35" s="4">
+        <v>112.75</v>
+      </c>
+      <c r="R35" s="4">
+        <v>64.83</v>
+      </c>
+      <c r="S35" s="4">
+        <v>93</v>
+      </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
+    <row r="36" spans="1:23">
+      <c r="A36" s="3">
+        <v>34</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="3"/>
+      <c r="D36" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="I36" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J36" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="N36" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="O36" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="P36" s="4">
+        <v>338.37</v>
+      </c>
+      <c r="Q36" s="4">
+        <v>180.21</v>
+      </c>
+      <c r="R36" s="4">
+        <v>53.26</v>
+      </c>
+      <c r="S36" s="4">
+        <v>92</v>
+      </c>
+      <c r="T36" s="1"/>
+      <c r="U36" s="1"/>
+      <c r="V36" s="1"/>
+      <c r="W36" s="1"/>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="11"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="14"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="14"/>
+      <c r="K37" s="8"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="8"/>
+      <c r="N37" s="8"/>
+      <c r="O37" s="8">
+        <v>1545.93</v>
+      </c>
+      <c r="P37" s="8">
+        <v>887.58</v>
+      </c>
+      <c r="Q37" s="8">
+        <v>57.41</v>
+      </c>
+      <c r="R37" s="8"/>
+      <c r="S37" s="8"/>
+      <c r="T37" s="1"/>
+      <c r="U37" s="1"/>
+      <c r="V37" s="1"/>
+      <c r="W37" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A35:N35"/>
+    <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>