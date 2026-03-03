--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1267,54 +1267,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>7.87</v>
       </c>
       <c r="Q4" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>89.01</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1326,54 +1326,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>8.26</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.76</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.96</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1562,54 +1562,54 @@
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>7.91</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.41</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.68</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1621,54 +1621,54 @@
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>0.89</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1737,54 +1737,54 @@
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>163.59</v>
       </c>
       <c r="Q12" s="4">
-        <v>137.51</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>84.06</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1796,54 +1796,54 @@
         <v>83</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P13" s="4">
         <v>6.17</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.17</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1855,54 +1855,54 @@
         <v>88</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>3.79</v>
       </c>
       <c r="Q14" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>68.4</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>78</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1914,54 +1914,54 @@
         <v>94</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>11.09</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.18</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>91.79</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2260,54 +2260,54 @@
       <c r="I21" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>282.55</v>
       </c>
       <c r="Q21" s="4">
-        <v>280.52</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>99.28</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2321,54 +2321,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>125</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="4">
         <v>19.75</v>
       </c>
       <c r="Q22" s="4">
-        <v>10.22</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>51.73</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>52</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2443,54 +2443,54 @@
       <c r="I24" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="4">
         <v>11.04</v>
       </c>
       <c r="Q24" s="4">
-        <v>10.61</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>96.17</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>75</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2504,54 +2504,54 @@
       <c r="I25" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P25" s="4">
         <v>12.15</v>
       </c>
       <c r="Q25" s="4">
-        <v>12.06</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>70</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2565,54 +2565,54 @@
       <c r="I26" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P26" s="4">
         <v>31.99</v>
       </c>
       <c r="Q26" s="4">
-        <v>31.91</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>80</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2626,54 +2626,54 @@
       <c r="I27" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P27" s="4">
         <v>25.79</v>
       </c>
       <c r="Q27" s="4">
-        <v>23.62</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>91.57</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>80</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2687,54 +2687,54 @@
       <c r="I28" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P28" s="4">
         <v>20.19</v>
       </c>
       <c r="Q28" s="4">
-        <v>37.23</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>184.44</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>75</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2748,54 +2748,54 @@
       <c r="I29" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P29" s="4">
         <v>12.15</v>
       </c>
       <c r="Q29" s="4">
-        <v>8.94</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>73.53</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>70</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3106,54 +3106,54 @@
       <c r="I35" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P35" s="4">
         <v>173.92</v>
       </c>
       <c r="Q35" s="4">
-        <v>112.75</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>64.83</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>93</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3167,88 +3167,88 @@
       <c r="I36" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P36" s="4">
         <v>338.37</v>
       </c>
       <c r="Q36" s="4">
-        <v>180.21</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>53.26</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>92</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>1545.93</v>
       </c>
       <c r="P37" s="8">
-        <v>887.58</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>57.41</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>