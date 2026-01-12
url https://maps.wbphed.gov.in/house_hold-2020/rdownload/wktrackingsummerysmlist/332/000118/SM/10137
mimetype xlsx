--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -444,50 +444,68 @@
     <t>ORD/000122/2025-2026</t>
   </si>
   <si>
     <t>2474/MD</t>
   </si>
   <si>
     <t>28/05/2025</t>
   </si>
   <si>
     <t>12/07/2025</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Route survey for distribution network design for augmentation of Bhaluka Fatepur Water Supply Scheme in Harischandrapur-II block under Malda Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000152/2021-2022</t>
   </si>
   <si>
     <t>1750/MD</t>
   </si>
   <si>
     <t>15/06/2021</t>
   </si>
   <si>
     <t>29/06/2021</t>
+  </si>
+  <si>
+    <t>Acceptance cum formal work order for Sinking of 250mm. Dia. x 150 mm. dia. and 180 Mtr. Deep Big dia Tube well (1 No) at BHALUKA FATEPUR Water Supply Scheme under Harishchandrapur-II Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
+  </si>
+  <si>
+    <t>Mr. Sanjit Sarkar, Junior Engineer ,Mr. Tilok Roy, Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000016/2023-2024</t>
+  </si>
+  <si>
+    <t>1673/MD</t>
+  </si>
+  <si>
+    <t>18/04/2023</t>
+  </si>
+  <si>
+    <t>MERCURY ENGINEERING COMPANY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -876,51 +894,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W24"/>
+  <dimension ref="A1:W25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="119.11377" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2253,87 +2271,148 @@
       </c>
       <c r="N23" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P23" s="4">
         <v>2.86</v>
       </c>
       <c r="Q23" s="4">
         <v>2.86</v>
       </c>
       <c r="R23" s="4">
         <v>100</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
-      <c r="A24" s="7" t="s">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H24" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="B24" s="7"/>
-[...22 lines deleted...]
-      <c r="S24" s="8"/>
+      <c r="I24" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J24" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="O24" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" s="4">
+        <v>10.71</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>0</v>
+      </c>
+      <c r="R24" s="4">
+        <v>0</v>
+      </c>
+      <c r="S24" s="4">
+        <v>95</v>
+      </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" s="7"/>
+      <c r="C25" s="7"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="7"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="14"/>
+      <c r="K25" s="8"/>
+      <c r="L25" s="8"/>
+      <c r="M25" s="8"/>
+      <c r="N25" s="8"/>
+      <c r="O25" s="8">
+        <v>1002.93</v>
+      </c>
+      <c r="P25" s="8">
+        <v>336.97</v>
+      </c>
+      <c r="Q25" s="8">
+        <v>33.6</v>
+      </c>
+      <c r="R25" s="8"/>
+      <c r="S25" s="8"/>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A24:N24"/>
+    <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>