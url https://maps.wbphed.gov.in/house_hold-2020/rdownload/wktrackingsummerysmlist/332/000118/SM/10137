--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1301,54 +1301,54 @@
       <c r="I7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>7.97</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>70.37</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1423,54 +1423,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>348.1</v>
       </c>
       <c r="Q9" s="4">
-        <v>309.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>89.04</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>68</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1712,54 +1712,54 @@
       <c r="I14" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>21.58</v>
       </c>
       <c r="Q14" s="4">
-        <v>16.52</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>76.58</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>77</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2074,54 +2074,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P20" s="4">
         <v>14.06</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.02</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>14.39</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>80</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2257,54 +2257,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P23" s="4">
         <v>2.86</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2352,54 +2352,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>1002.93</v>
       </c>
       <c r="P25" s="8">
-        <v>336.97</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>33.6</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>