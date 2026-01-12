--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -120,50 +120,53 @@
     <t>Biswajit Gosh, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000148/2021-2022</t>
   </si>
   <si>
     <t>1746/MD</t>
   </si>
   <si>
     <t>15/06/2021</t>
   </si>
   <si>
     <t>29/06/2021</t>
   </si>
   <si>
     <t>HORIZEN</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation and commissioning of electro-mechanical components of T/W no. II and making compound lighting arrangement at T/W no. I of Augmentation of Deotala Water Supply Scheme in the District of Malda under Malda Mechanical Division, PHE Dte. (TSM/005108)</t>
   </si>
   <si>
     <t>Assistant Engineer - II</t>
+  </si>
+  <si>
+    <t>Junior Engineer-06</t>
   </si>
   <si>
     <t>ORD/000607/2023-2024</t>
   </si>
   <si>
     <t>2723/MLMD</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
     <t>10/02/2024</t>
   </si>
   <si>
     <t>JIBU SINGHA</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Laying of Rising main with connection between 1st Tube well and 3 rd Tube well and condtructtion of standpost for DEOTALA Water Supply Scheme under Malda Division, PHE Dte. in the District of Malda.</t>
   </si>
   <si>
     <t>ORD/000031/2022-2023</t>
   </si>
   <si>
     <t>1308/MD</t>
   </si>
@@ -952,745 +955,747 @@
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="J4" s="13"/>
+      <c r="J4" s="13" t="s">
+        <v>36</v>
+      </c>
       <c r="K4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>14.75</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>4.43</v>
       </c>
       <c r="Q5" s="4">
         <v>2.05</v>
       </c>
       <c r="R5" s="4">
         <v>46.13</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>37.39</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>2.3</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P8" s="4">
         <v>45.08</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>460.03</v>
       </c>
       <c r="Q9" s="4">
         <v>178.96</v>
       </c>
       <c r="R9" s="4">
         <v>38.9</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>14.99</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>26.07</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>2.06</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>0.86</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P14" s="4">
         <v>55.58</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P15" s="4">
         <v>65.09</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>731.49</v>
       </c>
       <c r="P16" s="8">
         <v>182.78</v>
       </c>
       <c r="Q16" s="8">
         <v>24.99</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>