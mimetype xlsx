--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -916,54 +916,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>62.16</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1038,54 +1038,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>4.43</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.05</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>46.13</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1270,54 +1270,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>460.03</v>
       </c>
       <c r="Q9" s="4">
-        <v>178.96</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>38.9</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1670,54 +1670,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>731.49</v>
       </c>
       <c r="P16" s="8">
-        <v>182.78</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>24.99</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>