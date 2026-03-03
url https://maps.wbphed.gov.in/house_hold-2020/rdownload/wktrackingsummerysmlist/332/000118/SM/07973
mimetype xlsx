--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -2944,51 +2944,51 @@
   <dimension ref="A1:W179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="82.408447" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
@@ -3143,54 +3143,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>57.64</v>
       </c>
       <c r="Q4" s="4">
-        <v>80.35</v>
+        <v>40.18</v>
       </c>
       <c r="R4" s="4">
-        <v>139.4</v>
+        <v>69.7</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -3204,54 +3204,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>139.78</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -3263,54 +3263,54 @@
         <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>0</v>
       </c>
       <c r="Q6" s="4">
-        <v>23.94</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>5439781.82</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -3324,54 +3324,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>0.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>52.45</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -3385,54 +3385,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P8" s="4">
         <v>2.16</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>30.82</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -3446,54 +3446,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="4">
         <v>0.28</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -3507,54 +3507,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>0.58</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>180.33</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -3568,54 +3568,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P11" s="4">
         <v>1.73</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>74.48</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -3629,54 +3629,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>1.51</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.51</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -3690,54 +3690,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>43.35</v>
       </c>
       <c r="Q13" s="4">
-        <v>21.01</v>
+        <v>5.82</v>
       </c>
       <c r="R13" s="4">
-        <v>48.48</v>
+        <v>13.43</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -3751,54 +3751,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>104.87</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.04</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -3812,54 +3812,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>13.48</v>
       </c>
       <c r="Q15" s="4">
-        <v>12.47</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>92.45</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -3873,54 +3873,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P16" s="4">
         <v>39.81</v>
       </c>
       <c r="Q16" s="4">
-        <v>36.95</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>92.82</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>1</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -3934,54 +3934,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>19.48</v>
       </c>
       <c r="Q17" s="4">
-        <v>17.34</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>89.01</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -3995,54 +3995,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P18" s="4">
         <v>4.26</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.24</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -4056,54 +4056,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P19" s="4">
         <v>4.72</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.6</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>97.45</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -4117,54 +4117,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="4">
         <v>2.66</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.66</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>1</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -4178,54 +4178,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>19.97</v>
       </c>
       <c r="Q21" s="4">
-        <v>19.47</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97.5</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>1</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -4239,54 +4239,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P22" s="4">
         <v>40.3</v>
       </c>
       <c r="Q22" s="4">
-        <v>39.7</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>98.5</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -4300,54 +4300,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="4">
         <v>1.27</v>
       </c>
       <c r="Q23" s="4">
-        <v>1.27</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -4361,54 +4361,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P24" s="4">
         <v>22.06</v>
       </c>
       <c r="Q24" s="4">
-        <v>21.09</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>95.6</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -4422,54 +4422,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P25" s="4">
         <v>10</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>6.26</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -4481,54 +4481,54 @@
         <v>147</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="4">
         <v>1</v>
       </c>
       <c r="Q26" s="4">
-        <v>13.37</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>1336.53</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>1</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -4542,54 +4542,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>158</v>
       </c>
       <c r="P27" s="4">
         <v>26.59</v>
       </c>
       <c r="Q27" s="4">
-        <v>26.43</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>1</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -4603,54 +4603,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P28" s="4">
         <v>1.1</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>41.65</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -4664,54 +4664,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="4">
         <v>6.53</v>
       </c>
       <c r="Q29" s="4">
-        <v>6.53</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>1</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -4725,54 +4725,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>156</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P30" s="4">
         <v>23.82</v>
       </c>
       <c r="Q30" s="4">
-        <v>22.75</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>95.5</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>1</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -4786,54 +4786,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P31" s="4">
         <v>3.59</v>
       </c>
       <c r="Q31" s="4">
-        <v>1.09</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>30.42</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -4847,54 +4847,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="4">
         <v>1.28</v>
       </c>
       <c r="Q32" s="4">
-        <v>1.28</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>1</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -4908,54 +4908,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P33" s="4">
         <v>0.86</v>
       </c>
       <c r="Q33" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>278.9</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>1</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -4969,54 +4969,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P34" s="4">
         <v>2.16</v>
       </c>
       <c r="Q34" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>41.61</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -5030,54 +5030,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P35" s="4">
         <v>2.66</v>
       </c>
       <c r="Q35" s="4">
-        <v>1.26</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>47.4</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -5091,54 +5091,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P36" s="4">
         <v>0.35</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>1</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -5152,54 +5152,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P37" s="4">
         <v>92.31</v>
       </c>
       <c r="Q37" s="4">
-        <v>48.11</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>52.12</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>1</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -5213,54 +5213,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>206</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P38" s="4">
         <v>85.01</v>
       </c>
       <c r="Q38" s="4">
-        <v>112.26</v>
+        <v>52.58</v>
       </c>
       <c r="R38" s="4">
-        <v>132.06</v>
+        <v>61.85</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -5274,54 +5274,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>214</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>215</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P39" s="4">
         <v>135.29</v>
       </c>
       <c r="Q39" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="R39" s="4">
-        <v>22.17</v>
+        <v>11.09</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -5335,54 +5335,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P40" s="4">
         <v>0.86</v>
       </c>
       <c r="Q40" s="4">
-        <v>2.07</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>242.04</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>1</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -5396,54 +5396,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P41" s="4">
         <v>0.86</v>
       </c>
       <c r="Q41" s="4">
-        <v>1.76</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>206.19</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>1</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -5457,54 +5457,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P42" s="4">
         <v>0.86</v>
       </c>
       <c r="Q42" s="4">
-        <v>1.6</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>186.94</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>1</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -5518,54 +5518,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P43" s="4">
         <v>4.5</v>
       </c>
       <c r="Q43" s="4">
-        <v>2.17</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>48.27</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -5579,54 +5579,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P44" s="4">
         <v>25.41</v>
       </c>
       <c r="Q44" s="4">
-        <v>21.2</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>83.43</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -5640,54 +5640,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>236</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>237</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>238</v>
       </c>
       <c r="P45" s="4">
         <v>6.77</v>
       </c>
       <c r="Q45" s="4">
-        <v>6.11</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>90.3</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -5701,54 +5701,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>242</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>244</v>
       </c>
       <c r="P46" s="4">
         <v>4.56</v>
       </c>
       <c r="Q46" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>7.21</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -5762,54 +5762,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P47" s="4">
         <v>4.5</v>
       </c>
       <c r="Q47" s="4">
-        <v>1.02</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>22.57</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -5823,54 +5823,54 @@
       <c r="I48" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>253</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>254</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>256</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P48" s="4">
         <v>2.42</v>
       </c>
       <c r="Q48" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -5884,54 +5884,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P49" s="4">
         <v>68.33</v>
       </c>
       <c r="Q49" s="4">
-        <v>36.27</v>
+        <v>18.14</v>
       </c>
       <c r="R49" s="4">
-        <v>53.08</v>
+        <v>26.54</v>
       </c>
       <c r="S49" s="4">
         <v>1</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -5945,54 +5945,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>265</v>
       </c>
       <c r="P50" s="4">
         <v>77.59</v>
       </c>
       <c r="Q50" s="4">
-        <v>32.71</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>42.15</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -6006,54 +6006,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>267</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>268</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>269</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>270</v>
       </c>
       <c r="P51" s="4">
         <v>145.2</v>
       </c>
       <c r="Q51" s="4">
-        <v>20.4</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>14.05</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>1</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -6067,54 +6067,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>206</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>271</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>272</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P52" s="4">
         <v>132.4</v>
       </c>
       <c r="Q52" s="4">
-        <v>29.22</v>
+        <v>12.49</v>
       </c>
       <c r="R52" s="4">
-        <v>22.07</v>
+        <v>9.43</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -6128,54 +6128,54 @@
       <c r="I53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>277</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>270</v>
       </c>
       <c r="P53" s="4">
         <v>156.77</v>
       </c>
       <c r="Q53" s="4">
-        <v>138.24</v>
+        <v>57.67</v>
       </c>
       <c r="R53" s="4">
-        <v>88.18</v>
+        <v>36.79</v>
       </c>
       <c r="S53" s="4">
         <v>1</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -6189,54 +6189,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>279</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>280</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>281</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>282</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>283</v>
       </c>
       <c r="P54" s="4">
         <v>148.17</v>
       </c>
       <c r="Q54" s="4">
-        <v>148.15</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>100</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -6250,54 +6250,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>285</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>286</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>287</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P55" s="4">
         <v>120.32</v>
       </c>
       <c r="Q55" s="4">
-        <v>119.96</v>
+        <v>29.47</v>
       </c>
       <c r="R55" s="4">
-        <v>99.71</v>
+        <v>24.49</v>
       </c>
       <c r="S55" s="4">
         <v>1</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -6311,54 +6311,54 @@
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>289</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>290</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>291</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>292</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>293</v>
       </c>
       <c r="P56" s="4">
         <v>126.35</v>
       </c>
       <c r="Q56" s="4">
-        <v>53.22</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>42.12</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -6433,54 +6433,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>301</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>302</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>303</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>304</v>
       </c>
       <c r="P58" s="4">
         <v>4.84</v>
       </c>
       <c r="Q58" s="4">
-        <v>4.35</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>89.81</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>1</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -6494,54 +6494,54 @@
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>306</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>307</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>308</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>309</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P59" s="4">
         <v>4.19</v>
       </c>
       <c r="Q59" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>93.03</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>1</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -6555,54 +6555,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>311</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>312</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P60" s="4">
         <v>10</v>
       </c>
       <c r="Q60" s="4">
-        <v>11.19</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>111.87</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>1</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -6616,54 +6616,54 @@
       <c r="I61" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>314</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>315</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>316</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>317</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>318</v>
       </c>
       <c r="P61" s="4">
         <v>1.06</v>
       </c>
       <c r="Q61" s="4">
-        <v>1.06</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>1</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -6677,54 +6677,54 @@
       <c r="I62" s="13" t="s">
         <v>320</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>321</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>322</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>323</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>156</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>324</v>
       </c>
       <c r="P62" s="4">
         <v>16.26</v>
       </c>
       <c r="Q62" s="4">
-        <v>15.32</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>94.24</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>1</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -6738,54 +6738,54 @@
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>326</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>327</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>328</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>329</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>330</v>
       </c>
       <c r="P63" s="4">
         <v>4.5</v>
       </c>
       <c r="Q63" s="4">
-        <v>3.51</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>77.94</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>21</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -6799,54 +6799,54 @@
       <c r="I64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>332</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>333</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>334</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>335</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>336</v>
       </c>
       <c r="P64" s="4">
         <v>0.86</v>
       </c>
       <c r="Q64" s="4">
-        <v>1.83</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>214.43</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>100</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -6860,54 +6860,54 @@
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>338</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>339</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>340</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>341</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>342</v>
       </c>
       <c r="P65" s="4">
         <v>0.86</v>
       </c>
       <c r="Q65" s="4">
-        <v>2.22</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>259.71</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>100</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -6921,54 +6921,54 @@
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>344</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>345</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>346</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P66" s="4">
         <v>7.56</v>
       </c>
       <c r="Q66" s="4">
-        <v>6.11</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>80.71</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -7324,54 +7324,54 @@
       <c r="I73" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>369</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>370</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>371</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>372</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>373</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P73" s="4">
         <v>20.14</v>
       </c>
       <c r="Q73" s="4">
-        <v>13.53</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>67.19</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>100</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -7383,54 +7383,54 @@
         <v>374</v>
       </c>
       <c r="I74" s="13" t="s">
         <v>375</v>
       </c>
       <c r="J74" s="13"/>
       <c r="K74" s="4" t="s">
         <v>376</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>377</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>378</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>379</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P74" s="4">
         <v>2.19</v>
       </c>
       <c r="Q74" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>92.64</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>42</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -7444,54 +7444,54 @@
       <c r="I75" s="13" t="s">
         <v>375</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>381</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>382</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>383</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>384</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>385</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>342</v>
       </c>
       <c r="P75" s="4">
         <v>56.74</v>
       </c>
       <c r="Q75" s="4">
-        <v>16.52</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>29.11</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>40</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -7505,54 +7505,54 @@
       <c r="I76" s="13" t="s">
         <v>375</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>387</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>388</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>389</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>390</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>391</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P76" s="4">
         <v>0.86</v>
       </c>
       <c r="Q76" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>277.81</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>25</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -7566,54 +7566,54 @@
       <c r="I77" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>395</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>390</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>391</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P77" s="4">
         <v>0.86</v>
       </c>
       <c r="Q77" s="4">
-        <v>1.93</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>225.91</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>67</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -7627,54 +7627,54 @@
       <c r="I78" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>398</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>399</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>390</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>400</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P78" s="4">
         <v>0.86</v>
       </c>
       <c r="Q78" s="4">
-        <v>1.47</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>170.32</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>70</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -7688,54 +7688,54 @@
       <c r="I79" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>402</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>403</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>404</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>405</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>406</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>342</v>
       </c>
       <c r="P79" s="4">
         <v>0.86</v>
       </c>
       <c r="Q79" s="4">
-        <v>1.96</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>229.36</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>90</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -7749,54 +7749,54 @@
       <c r="I80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>402</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>408</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>409</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>410</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>411</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>336</v>
       </c>
       <c r="P80" s="4">
         <v>0.86</v>
       </c>
       <c r="Q80" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>234.47</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>99</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -7932,54 +7932,54 @@
       <c r="I83" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J83" s="13" t="s">
         <v>426</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>427</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>428</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>429</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>430</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>431</v>
       </c>
       <c r="P83" s="4">
         <v>0.86</v>
       </c>
       <c r="Q83" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>280.09</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>17</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -8298,54 +8298,54 @@
       <c r="I89" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J89" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>459</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>460</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O89" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P89" s="4">
         <v>116.65</v>
       </c>
       <c r="Q89" s="4">
-        <v>86.06</v>
+        <v>43.03</v>
       </c>
       <c r="R89" s="4">
-        <v>73.77</v>
+        <v>36.89</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
@@ -8359,54 +8359,54 @@
       <c r="I90" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J90" s="13" t="s">
         <v>369</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>462</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>463</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>214</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>464</v>
       </c>
       <c r="O90" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P90" s="4">
         <v>74.5</v>
       </c>
       <c r="Q90" s="4">
-        <v>21.23</v>
+        <v>10.61</v>
       </c>
       <c r="R90" s="4">
-        <v>28.49</v>
+        <v>14.25</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
@@ -8420,54 +8420,54 @@
       <c r="I91" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>467</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>468</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>469</v>
       </c>
       <c r="P91" s="4">
         <v>13.56</v>
       </c>
       <c r="Q91" s="4">
-        <v>17.95</v>
+        <v>8.97</v>
       </c>
       <c r="R91" s="4">
-        <v>132.36</v>
+        <v>66.18</v>
       </c>
       <c r="S91" s="4">
         <v>1</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -8481,54 +8481,54 @@
       <c r="I92" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J92" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>471</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>472</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>291</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>473</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>474</v>
       </c>
       <c r="P92" s="4">
         <v>37.13</v>
       </c>
       <c r="Q92" s="4">
-        <v>22.88</v>
+        <v>11.44</v>
       </c>
       <c r="R92" s="4">
-        <v>61.61</v>
+        <v>30.8</v>
       </c>
       <c r="S92" s="4">
         <v>0</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
@@ -8542,54 +8542,54 @@
       <c r="I93" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J93" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>476</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>477</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P93" s="4">
         <v>3.33</v>
       </c>
       <c r="Q93" s="4">
-        <v>5.86</v>
+        <v>2.93</v>
       </c>
       <c r="R93" s="4">
-        <v>175.78</v>
+        <v>87.89</v>
       </c>
       <c r="S93" s="4">
         <v>0</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
@@ -8603,54 +8603,54 @@
       <c r="I94" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>451</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>479</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>480</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>281</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>481</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>482</v>
       </c>
       <c r="P94" s="4">
         <v>50.07</v>
       </c>
       <c r="Q94" s="4">
-        <v>46.89</v>
+        <v>23.44</v>
       </c>
       <c r="R94" s="4">
-        <v>93.65</v>
+        <v>46.83</v>
       </c>
       <c r="S94" s="4">
         <v>1</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
@@ -8664,54 +8664,54 @@
       <c r="I95" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J95" s="13" t="s">
         <v>484</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>485</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>486</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>487</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P95" s="4">
         <v>5.17</v>
       </c>
       <c r="Q95" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>96.37</v>
+        <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>100</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
@@ -8725,54 +8725,54 @@
       <c r="I96" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J96" s="13" t="s">
         <v>484</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>489</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>490</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>231</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>487</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P96" s="4">
         <v>7.04</v>
       </c>
       <c r="Q96" s="4">
-        <v>7.03</v>
+        <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>100</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
@@ -8786,54 +8786,54 @@
       <c r="I97" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J97" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>492</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>493</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>494</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>495</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P97" s="4">
         <v>0.86</v>
       </c>
       <c r="Q97" s="4">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>188.57</v>
+        <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>15</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
@@ -8847,54 +8847,54 @@
       <c r="I98" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J98" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>497</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>498</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>499</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P98" s="4">
         <v>0.86</v>
       </c>
       <c r="Q98" s="4">
-        <v>2.29</v>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>268.02</v>
+        <v>0</v>
       </c>
       <c r="S98" s="4">
         <v>15</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
@@ -8908,54 +8908,54 @@
       <c r="I99" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J99" s="13" t="s">
         <v>421</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>501</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>502</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>503</v>
       </c>
       <c r="P99" s="4">
         <v>65.52</v>
       </c>
       <c r="Q99" s="4">
-        <v>16.95</v>
+        <v>8.47</v>
       </c>
       <c r="R99" s="4">
-        <v>25.87</v>
+        <v>12.93</v>
       </c>
       <c r="S99" s="4">
         <v>0</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
@@ -8969,54 +8969,54 @@
       <c r="I100" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J100" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>505</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>506</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>214</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>464</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>507</v>
       </c>
       <c r="P100" s="4">
         <v>59.93</v>
       </c>
       <c r="Q100" s="4">
-        <v>48.18</v>
+        <v>24.09</v>
       </c>
       <c r="R100" s="4">
-        <v>80.4</v>
+        <v>40.2</v>
       </c>
       <c r="S100" s="4">
         <v>0</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
@@ -9028,54 +9028,54 @@
         <v>508</v>
       </c>
       <c r="I101" s="13" t="s">
         <v>375</v>
       </c>
       <c r="J101" s="13"/>
       <c r="K101" s="4" t="s">
         <v>509</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>510</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>499</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>511</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P101" s="4">
         <v>0.86</v>
       </c>
       <c r="Q101" s="4">
-        <v>1.18</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>138.09</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>26</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -9089,54 +9089,54 @@
       <c r="I102" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J102" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>513</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>514</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>372</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>373</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>474</v>
       </c>
       <c r="P102" s="4">
         <v>16.14</v>
       </c>
       <c r="Q102" s="4">
-        <v>15.87</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>90</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -9150,54 +9150,54 @@
       <c r="I103" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J103" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>516</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>517</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>372</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>373</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>518</v>
       </c>
       <c r="P103" s="4">
         <v>16.13</v>
       </c>
       <c r="Q103" s="4">
-        <v>15.46</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>95.8</v>
+        <v>0</v>
       </c>
       <c r="S103" s="4">
         <v>100</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
@@ -9211,54 +9211,54 @@
       <c r="I104" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J104" s="13" t="s">
         <v>402</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>520</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>521</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>522</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>523</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P104" s="4">
         <v>8.8</v>
       </c>
       <c r="Q104" s="4">
-        <v>8.79</v>
+        <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S104" s="4">
         <v>90</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
@@ -9272,54 +9272,54 @@
       <c r="I105" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J105" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>525</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>526</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>527</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>528</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P105" s="4">
         <v>12.14</v>
       </c>
       <c r="Q105" s="4">
-        <v>12.14</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>100</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -9333,54 +9333,54 @@
       <c r="I106" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>530</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>531</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>527</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>528</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>437</v>
       </c>
       <c r="P106" s="4">
         <v>14.09</v>
       </c>
       <c r="Q106" s="4">
-        <v>13.2</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>93.69</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>100</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -9394,54 +9394,54 @@
       <c r="I107" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>402</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>533</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>534</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>384</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>385</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>336</v>
       </c>
       <c r="P107" s="4">
         <v>38.41</v>
       </c>
       <c r="Q107" s="4">
-        <v>37.84</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>98.52</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>98</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -9455,54 +9455,54 @@
       <c r="I108" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J108" s="13" t="s">
         <v>206</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>536</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>537</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>538</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>539</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>540</v>
       </c>
       <c r="P108" s="4">
         <v>58.89</v>
       </c>
       <c r="Q108" s="4">
-        <v>58.88</v>
+        <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S108" s="4">
         <v>70</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -9516,54 +9516,54 @@
       <c r="I109" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="13" t="s">
         <v>421</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>542</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>467</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>543</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>544</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P109" s="4">
         <v>6.37</v>
       </c>
       <c r="Q109" s="4">
-        <v>6.24</v>
+        <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>98.05</v>
+        <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>100</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -9577,54 +9577,54 @@
       <c r="I110" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>547</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>548</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>549</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>550</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>551</v>
       </c>
       <c r="P110" s="4">
         <v>12.79</v>
       </c>
       <c r="Q110" s="4">
-        <v>12.26</v>
+        <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>95.83</v>
+        <v>0</v>
       </c>
       <c r="S110" s="4">
         <v>100</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
@@ -9638,54 +9638,54 @@
       <c r="I111" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J111" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>553</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>554</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P111" s="4">
         <v>0.85</v>
       </c>
       <c r="Q111" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S111" s="4">
         <v>100</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -9699,54 +9699,54 @@
       <c r="I112" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J112" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>558</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>559</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P112" s="4">
         <v>0.97</v>
       </c>
       <c r="Q112" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S112" s="4">
         <v>100</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -9760,54 +9760,54 @@
       <c r="I113" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J113" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>561</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>562</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P113" s="4">
         <v>0.97</v>
       </c>
       <c r="Q113" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S113" s="4">
         <v>100</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -9821,54 +9821,54 @@
       <c r="I114" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J114" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>564</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>565</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P114" s="4">
         <v>0.85</v>
       </c>
       <c r="Q114" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S114" s="4">
         <v>100</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -9882,54 +9882,54 @@
       <c r="I115" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J115" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>567</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>568</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P115" s="4">
         <v>0.85</v>
       </c>
       <c r="Q115" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S115" s="4">
         <v>100</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -9943,54 +9943,54 @@
       <c r="I116" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J116" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>570</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>571</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N116" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O116" s="4" t="s">
         <v>572</v>
       </c>
       <c r="P116" s="4">
         <v>0.85</v>
       </c>
       <c r="Q116" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S116" s="4">
         <v>100</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
@@ -10004,54 +10004,54 @@
       <c r="I117" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J117" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>574</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>575</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P117" s="4">
         <v>0.85</v>
       </c>
       <c r="Q117" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S117" s="4">
         <v>100</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -10065,54 +10065,54 @@
       <c r="I118" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J118" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>577</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>578</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>579</v>
       </c>
       <c r="P118" s="4">
         <v>0.85</v>
       </c>
       <c r="Q118" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S118" s="4">
         <v>100</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
@@ -10126,54 +10126,54 @@
       <c r="I119" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J119" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>581</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>582</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P119" s="4">
         <v>0.6</v>
       </c>
       <c r="Q119" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R119" s="4">
-        <v>97.92</v>
+        <v>0</v>
       </c>
       <c r="S119" s="4">
         <v>100</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
@@ -10187,54 +10187,54 @@
       <c r="I120" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J120" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>584</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>585</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O120" s="4" t="s">
         <v>572</v>
       </c>
       <c r="P120" s="4">
         <v>0.36</v>
       </c>
       <c r="Q120" s="4">
-        <v>0.36</v>
+        <v>0</v>
       </c>
       <c r="R120" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S120" s="4">
         <v>100</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
@@ -10248,54 +10248,54 @@
       <c r="I121" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J121" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>587</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>588</v>
       </c>
       <c r="M121" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N121" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O121" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P121" s="4">
         <v>0.85</v>
       </c>
       <c r="Q121" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R121" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S121" s="4">
         <v>100</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
@@ -10309,54 +10309,54 @@
       <c r="I122" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J122" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>590</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>591</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P122" s="4">
         <v>0.97</v>
       </c>
       <c r="Q122" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R122" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S122" s="4">
         <v>100</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
@@ -10370,54 +10370,54 @@
       <c r="I123" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J123" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>593</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>594</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>579</v>
       </c>
       <c r="P123" s="4">
         <v>0.85</v>
       </c>
       <c r="Q123" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S123" s="4">
         <v>100</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -10431,54 +10431,54 @@
       <c r="I124" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J124" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>595</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>596</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>579</v>
       </c>
       <c r="P124" s="4">
         <v>0.97</v>
       </c>
       <c r="Q124" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>98.96</v>
+        <v>0</v>
       </c>
       <c r="S124" s="4">
         <v>100</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
@@ -10492,54 +10492,54 @@
       <c r="I125" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J125" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>598</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>599</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>579</v>
       </c>
       <c r="P125" s="4">
         <v>0.73</v>
       </c>
       <c r="Q125" s="4">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>99.47</v>
+        <v>0</v>
       </c>
       <c r="S125" s="4">
         <v>100</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
@@ -10553,54 +10553,54 @@
       <c r="I126" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J126" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>601</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>602</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>545</v>
       </c>
       <c r="P126" s="4">
         <v>0.97</v>
       </c>
       <c r="Q126" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S126" s="4">
         <v>100</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
@@ -10614,54 +10614,54 @@
       <c r="I127" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J127" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>604</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>605</v>
       </c>
       <c r="M127" s="4" t="s">
         <v>555</v>
       </c>
       <c r="N127" s="4" t="s">
         <v>556</v>
       </c>
       <c r="O127" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P127" s="4">
         <v>0.85</v>
       </c>
       <c r="Q127" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>98.96</v>
+        <v>0</v>
       </c>
       <c r="S127" s="4">
         <v>100</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
@@ -10675,54 +10675,54 @@
       <c r="I128" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J128" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>607</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>608</v>
       </c>
       <c r="M128" s="4" t="s">
         <v>609</v>
       </c>
       <c r="N128" s="4" t="s">
         <v>610</v>
       </c>
       <c r="O128" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P128" s="4">
         <v>17.29</v>
       </c>
       <c r="Q128" s="4">
-        <v>17.18</v>
+        <v>0</v>
       </c>
       <c r="R128" s="4">
-        <v>99.34</v>
+        <v>0</v>
       </c>
       <c r="S128" s="4">
         <v>100</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
@@ -11489,54 +11489,54 @@
       <c r="I142" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J142" s="13" t="s">
         <v>426</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>654</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>655</v>
       </c>
       <c r="M142" s="4" t="s">
         <v>656</v>
       </c>
       <c r="N142" s="4" t="s">
         <v>657</v>
       </c>
       <c r="O142" s="4" t="s">
         <v>431</v>
       </c>
       <c r="P142" s="4">
         <v>0.86</v>
       </c>
       <c r="Q142" s="4">
-        <v>2.37</v>
+        <v>0</v>
       </c>
       <c r="R142" s="4">
-        <v>277.37</v>
+        <v>0</v>
       </c>
       <c r="S142" s="4">
         <v>0</v>
       </c>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C143" s="3"/>
       <c r="D143" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
@@ -11733,54 +11733,54 @@
       <c r="I146" s="13" t="s">
         <v>677</v>
       </c>
       <c r="J146" s="13" t="s">
         <v>387</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>678</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>679</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O146" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P146" s="4">
         <v>0.86</v>
       </c>
       <c r="Q146" s="4">
-        <v>1.48</v>
+        <v>0</v>
       </c>
       <c r="R146" s="4">
-        <v>173.47</v>
+        <v>0</v>
       </c>
       <c r="S146" s="4">
         <v>0</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
@@ -11794,54 +11794,54 @@
       <c r="I147" s="13" t="s">
         <v>677</v>
       </c>
       <c r="J147" s="13" t="s">
         <v>387</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>682</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>683</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N147" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O147" s="4" t="s">
         <v>684</v>
       </c>
       <c r="P147" s="4">
         <v>0.86</v>
       </c>
       <c r="Q147" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>278.53</v>
+        <v>0</v>
       </c>
       <c r="S147" s="4">
         <v>60</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
@@ -11855,54 +11855,54 @@
       <c r="I148" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J148" s="13" t="s">
         <v>402</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>686</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>687</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N148" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O148" s="4" t="s">
         <v>336</v>
       </c>
       <c r="P148" s="4">
         <v>0.86</v>
       </c>
       <c r="Q148" s="4">
-        <v>2.19</v>
+        <v>0</v>
       </c>
       <c r="R148" s="4">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="S148" s="4">
         <v>100</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
@@ -11916,54 +11916,54 @@
       <c r="I149" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J149" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>689</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>690</v>
       </c>
       <c r="M149" s="4" t="s">
         <v>691</v>
       </c>
       <c r="N149" s="4" t="s">
         <v>692</v>
       </c>
       <c r="O149" s="4" t="s">
         <v>693</v>
       </c>
       <c r="P149" s="4">
         <v>0.86</v>
       </c>
       <c r="Q149" s="4">
-        <v>1.92</v>
+        <v>0</v>
       </c>
       <c r="R149" s="4">
-        <v>224.94</v>
+        <v>0</v>
       </c>
       <c r="S149" s="4">
         <v>0</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
@@ -11977,54 +11977,54 @@
       <c r="I150" s="13" t="s">
         <v>393</v>
       </c>
       <c r="J150" s="13" t="s">
         <v>394</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>695</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>696</v>
       </c>
       <c r="M150" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O150" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P150" s="4">
         <v>0.86</v>
       </c>
       <c r="Q150" s="4">
-        <v>1.99</v>
+        <v>0</v>
       </c>
       <c r="R150" s="4">
-        <v>233.09</v>
+        <v>0</v>
       </c>
       <c r="S150" s="4">
         <v>0</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
@@ -12038,54 +12038,54 @@
       <c r="I151" s="13" t="s">
         <v>251</v>
       </c>
       <c r="J151" s="13" t="s">
         <v>252</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>698</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>699</v>
       </c>
       <c r="M151" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N151" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O151" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P151" s="4">
         <v>0.86</v>
       </c>
       <c r="Q151" s="4">
-        <v>2.17</v>
+        <v>0</v>
       </c>
       <c r="R151" s="4">
-        <v>254.31</v>
+        <v>0</v>
       </c>
       <c r="S151" s="4">
         <v>0</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
@@ -12099,54 +12099,54 @@
       <c r="I152" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J152" s="13" t="s">
         <v>402</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>701</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>702</v>
       </c>
       <c r="M152" s="4" t="s">
         <v>400</v>
       </c>
       <c r="N152" s="4" t="s">
         <v>680</v>
       </c>
       <c r="O152" s="4" t="s">
         <v>703</v>
       </c>
       <c r="P152" s="4">
         <v>0.86</v>
       </c>
       <c r="Q152" s="4">
-        <v>1.81</v>
+        <v>0</v>
       </c>
       <c r="R152" s="4">
-        <v>211.78</v>
+        <v>0</v>
       </c>
       <c r="S152" s="4">
         <v>100</v>
       </c>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C153" s="3"/>
       <c r="D153" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E153" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
@@ -13719,54 +13719,54 @@
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="7" t="s">
         <v>825</v>
       </c>
       <c r="B179" s="7"/>
       <c r="C179" s="7"/>
       <c r="D179" s="7"/>
       <c r="E179" s="11"/>
       <c r="F179" s="7"/>
       <c r="G179" s="7"/>
       <c r="H179" s="14"/>
       <c r="I179" s="14"/>
       <c r="J179" s="14"/>
       <c r="K179" s="8"/>
       <c r="L179" s="8"/>
       <c r="M179" s="8"/>
       <c r="N179" s="8"/>
       <c r="O179" s="8">
         <v>4600.82</v>
       </c>
       <c r="P179" s="8">
-        <v>1786.33</v>
+        <v>364.33</v>
       </c>
       <c r="Q179" s="8">
-        <v>38.83</v>
+        <v>7.92</v>
       </c>
       <c r="R179" s="8"/>
       <c r="S179" s="8"/>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A179:N179"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>