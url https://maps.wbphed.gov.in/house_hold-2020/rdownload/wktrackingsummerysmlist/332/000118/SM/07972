--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -1490,84 +1490,102 @@
   <si>
     <t>ABHIJIT CONSTRUCTION</t>
   </si>
   <si>
     <t>Additional laying of Pipe line for improvement of FHTC functionality by different dia UPVC pipe &amp; FHTC for BASARA piped Water Supply Scheme at Bamongola Block in the District of Malda under Malda Division, P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000205/2025-2026</t>
   </si>
   <si>
     <t>3693/MD</t>
   </si>
   <si>
     <t>27/09/2025</t>
   </si>
   <si>
     <t>Sinking of 200mm (all through) Big Dia Tube Well of 180m Deep at 3rd Tube Well Site and Construction of Pump House at 3rd Tube Well site Laying of dedicated/Parallel pipe line and Providing balanced FHTC under GANNADIA Piped Water Supply Scheme under at Harishchandrapur-I Block of Malda District under Malda Division, PHE Dte, Govt. of West Bengal.</t>
   </si>
   <si>
     <t>ORD/000208/2025-2026</t>
   </si>
   <si>
     <t>3723/MD</t>
   </si>
   <si>
-    <t>13/10/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>HARUN ALL RASHID &amp; BROTHERS</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Village- Raykhandighi, JL. No. 23, G.P.-Bahirgachhi-I of BAHIRGACHHI Water Supply Scheme at Gazole Block under Malda Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000296/2020-2021</t>
   </si>
   <si>
     <t>270/MD</t>
   </si>
   <si>
     <t>09/11/2024</t>
   </si>
   <si>
     <t>Acceptance cum formal work order for Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SWAPNA) under command area of Village- Bhabanipur, JL. No. 75, G.P.-Chandpur of PARAMESWARPUR Water Supply Scheme at Bamangola Block under Malda Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer,Mr. Tilok Roy, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000322/2020-2021</t>
   </si>
   <si>
     <t>302/MD</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>MARSS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) At -Bibijhuti (JL. No. 58), Naikanda (JL. No. 39) &amp; Chandipur (JL. No. 40) G.P.-Kharba In connection of Source Augmentation of Kendua PWSS at Chanchal-I Block under Malda Division. PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000468/2023-2024</t>
+  </si>
+  <si>
+    <t>3458/MD</t>
+  </si>
+  <si>
+    <t>07/09/2023</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>M/S /FAIZUL HAQUE BISWAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1956,51 +1974,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W110"/>
+  <dimension ref="A1:W111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="81.265869" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -8577,87 +8595,148 @@
       </c>
       <c r="N109" s="4" t="s">
         <v>502</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>503</v>
       </c>
       <c r="P109" s="4">
         <v>7.25</v>
       </c>
       <c r="Q109" s="4">
         <v>0</v>
       </c>
       <c r="R109" s="4">
         <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>100</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
-      <c r="A110" s="7" t="s">
+      <c r="A110" s="3">
+        <v>108</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C110" s="3"/>
+      <c r="D110" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E110" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H110" s="13" t="s">
         <v>504</v>
       </c>
-      <c r="B110" s="7"/>
-[...22 lines deleted...]
-      <c r="S110" s="8"/>
+      <c r="I110" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J110" s="13" t="s">
+        <v>331</v>
+      </c>
+      <c r="K110" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="L110" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="M110" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="N110" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="O110" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="P110" s="4">
+        <v>33.7</v>
+      </c>
+      <c r="Q110" s="4">
+        <v>29.55</v>
+      </c>
+      <c r="R110" s="4">
+        <v>87.69</v>
+      </c>
+      <c r="S110" s="4">
+        <v>100</v>
+      </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
+    <row r="111" spans="1:23">
+      <c r="A111" s="7" t="s">
+        <v>510</v>
+      </c>
+      <c r="B111" s="7"/>
+      <c r="C111" s="7"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="11"/>
+      <c r="F111" s="7"/>
+      <c r="G111" s="7"/>
+      <c r="H111" s="14"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="14"/>
+      <c r="K111" s="8"/>
+      <c r="L111" s="8"/>
+      <c r="M111" s="8"/>
+      <c r="N111" s="8"/>
+      <c r="O111" s="8">
+        <v>2428.3</v>
+      </c>
+      <c r="P111" s="8">
+        <v>1517.67</v>
+      </c>
+      <c r="Q111" s="8">
+        <v>62.5</v>
+      </c>
+      <c r="R111" s="8"/>
+      <c r="S111" s="8"/>
+      <c r="T111" s="1"/>
+      <c r="U111" s="1"/>
+      <c r="V111" s="1"/>
+      <c r="W111" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A110:N110"/>
+    <mergeCell ref="A111:N111"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>