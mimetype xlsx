--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -2503,54 +2503,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>49.95</v>
       </c>
       <c r="Q9" s="4">
-        <v>45.14</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>90.39</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2564,54 +2564,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="4">
         <v>46.63</v>
       </c>
       <c r="Q10" s="4">
-        <v>93.25</v>
+        <v>46.62</v>
       </c>
       <c r="R10" s="4">
-        <v>199.99</v>
+        <v>99.99</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2625,54 +2625,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P11" s="4">
         <v>5.68</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.84</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>85.23</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2686,54 +2686,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P12" s="4">
         <v>5.85</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.98</v>
+        <v>4.99</v>
       </c>
       <c r="R12" s="4">
-        <v>170.72</v>
+        <v>85.36</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2747,54 +2747,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P13" s="4">
         <v>15.52</v>
       </c>
       <c r="Q13" s="4">
-        <v>13.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>90.05</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2808,54 +2808,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P14" s="4">
         <v>37.13</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>13.21</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2869,54 +2869,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P15" s="4">
         <v>71.29</v>
       </c>
       <c r="Q15" s="4">
-        <v>12.54</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>17.6</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2930,54 +2930,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P16" s="4">
         <v>52.81</v>
       </c>
       <c r="Q16" s="4">
-        <v>47.96</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>90.82</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>1</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2991,54 +2991,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P17" s="4">
         <v>35.11</v>
       </c>
       <c r="Q17" s="4">
-        <v>16.94</v>
+        <v>8.47</v>
       </c>
       <c r="R17" s="4">
-        <v>48.24</v>
+        <v>24.12</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -3052,54 +3052,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P18" s="4">
         <v>23.19</v>
       </c>
       <c r="Q18" s="4">
-        <v>45.81</v>
+        <v>22.91</v>
       </c>
       <c r="R18" s="4">
-        <v>197.53</v>
+        <v>98.77</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -3113,54 +3113,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P19" s="4">
         <v>14.36</v>
       </c>
       <c r="Q19" s="4">
-        <v>25.01</v>
+        <v>12.51</v>
       </c>
       <c r="R19" s="4">
-        <v>174.22</v>
+        <v>87.11</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -3174,54 +3174,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P20" s="4">
         <v>38.45</v>
       </c>
       <c r="Q20" s="4">
-        <v>45.42</v>
+        <v>19.73</v>
       </c>
       <c r="R20" s="4">
-        <v>118.14</v>
+        <v>51.33</v>
       </c>
       <c r="S20" s="4">
         <v>1</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -3235,54 +3235,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P21" s="4">
         <v>16.18</v>
       </c>
       <c r="Q21" s="4">
-        <v>14.76</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>91.28</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>1</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -3296,54 +3296,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P22" s="4">
         <v>9.57</v>
       </c>
       <c r="Q22" s="4">
-        <v>17.56</v>
+        <v>8.78</v>
       </c>
       <c r="R22" s="4">
-        <v>183.56</v>
+        <v>91.78</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -3357,54 +3357,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P23" s="4">
         <v>14.93</v>
       </c>
       <c r="Q23" s="4">
-        <v>28.86</v>
+        <v>14.43</v>
       </c>
       <c r="R23" s="4">
-        <v>193.24</v>
+        <v>96.62</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3418,54 +3418,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P24" s="4">
         <v>18.67</v>
       </c>
       <c r="Q24" s="4">
-        <v>16.39</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>87.76</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -3479,54 +3479,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P25" s="4">
         <v>22.15</v>
       </c>
       <c r="Q25" s="4">
-        <v>35.24</v>
+        <v>16.1</v>
       </c>
       <c r="R25" s="4">
-        <v>159.13</v>
+        <v>72.68</v>
       </c>
       <c r="S25" s="4">
         <v>1</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3601,54 +3601,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P27" s="4">
         <v>25.76</v>
       </c>
       <c r="Q27" s="4">
-        <v>24.94</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>96.83</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>1</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3662,54 +3662,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P28" s="4">
         <v>29.13</v>
       </c>
       <c r="Q28" s="4">
-        <v>53.15</v>
+        <v>26.57</v>
       </c>
       <c r="R28" s="4">
-        <v>182.46</v>
+        <v>91.23</v>
       </c>
       <c r="S28" s="4">
         <v>1</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3723,54 +3723,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P29" s="4">
         <v>27.04</v>
       </c>
       <c r="Q29" s="4">
-        <v>23.08</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>85.33</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>1</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3784,54 +3784,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P30" s="4">
         <v>14.72</v>
       </c>
       <c r="Q30" s="4">
-        <v>14.66</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>1</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3906,54 +3906,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P32" s="4">
         <v>19.18</v>
       </c>
       <c r="Q32" s="4">
-        <v>13.41</v>
+        <v>6.37</v>
       </c>
       <c r="R32" s="4">
-        <v>69.9</v>
+        <v>33.23</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3967,54 +3967,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P33" s="4">
         <v>16.51</v>
       </c>
       <c r="Q33" s="4">
-        <v>15.08</v>
+        <v>7.28</v>
       </c>
       <c r="R33" s="4">
-        <v>91.33</v>
+        <v>44.08</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -4028,54 +4028,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P34" s="4">
         <v>20.81</v>
       </c>
       <c r="Q34" s="4">
-        <v>31.12</v>
+        <v>14.29</v>
       </c>
       <c r="R34" s="4">
-        <v>149.54</v>
+        <v>68.65</v>
       </c>
       <c r="S34" s="4">
         <v>1</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -4089,54 +4089,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P35" s="4">
         <v>8.24</v>
       </c>
       <c r="Q35" s="4">
-        <v>7.88</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>95.67</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>1</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -4150,54 +4150,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P36" s="4">
         <v>25.53</v>
       </c>
       <c r="Q36" s="4">
-        <v>15.46</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>60.55</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>1</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -4211,54 +4211,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P37" s="4">
         <v>21.96</v>
       </c>
       <c r="Q37" s="4">
-        <v>21.41</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>97.47</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>1</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -4272,54 +4272,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P38" s="4">
         <v>18.77</v>
       </c>
       <c r="Q38" s="4">
-        <v>18.77</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>1</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -4333,54 +4333,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P39" s="4">
         <v>7.04</v>
       </c>
       <c r="Q39" s="4">
-        <v>5.7</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>80.99</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>1</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -4394,54 +4394,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P40" s="4">
         <v>13.25</v>
       </c>
       <c r="Q40" s="4">
-        <v>10.79</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>81.39</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>1</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -4455,54 +4455,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P41" s="4">
         <v>5.93</v>
       </c>
       <c r="Q41" s="4">
-        <v>2.9</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>48.93</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4516,54 +4516,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P42" s="4">
         <v>15.48</v>
       </c>
       <c r="Q42" s="4">
-        <v>9.46</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>61.16</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>1</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4577,54 +4577,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P43" s="4">
         <v>25.78</v>
       </c>
       <c r="Q43" s="4">
-        <v>24.34</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>94.43</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>1</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4638,54 +4638,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>197</v>
       </c>
       <c r="P44" s="4">
         <v>0.96</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>1</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4699,54 +4699,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>199</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>200</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>201</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>202</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>203</v>
       </c>
       <c r="P45" s="4">
         <v>0</v>
       </c>
       <c r="Q45" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>28043550</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>1</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4760,54 +4760,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>207</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P46" s="4">
         <v>1.25</v>
       </c>
       <c r="Q46" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>167.29</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>1</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4821,54 +4821,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>210</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>211</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>212</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>213</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>214</v>
       </c>
       <c r="P47" s="4">
         <v>7.96</v>
       </c>
       <c r="Q47" s="4">
-        <v>7.2</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>90.43</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>1</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4882,54 +4882,54 @@
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>218</v>
       </c>
       <c r="P48" s="4">
         <v>6.77</v>
       </c>
       <c r="Q48" s="4">
-        <v>5.81</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>85.75</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>1</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4943,54 +4943,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P49" s="4">
         <v>16.86</v>
       </c>
       <c r="Q49" s="4">
-        <v>15.79</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>93.67</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>1</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -5004,54 +5004,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>223</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>224</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>225</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P50" s="4">
         <v>3.31</v>
       </c>
       <c r="Q50" s="4">
-        <v>3.02</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>91.41</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -5065,54 +5065,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>230</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>232</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>233</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>234</v>
       </c>
       <c r="P51" s="4">
         <v>125</v>
       </c>
       <c r="Q51" s="4">
-        <v>30.6</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>24.48</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -5126,54 +5126,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>237</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P52" s="4">
         <v>25.97</v>
       </c>
       <c r="Q52" s="4">
-        <v>20.69</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>79.66</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -5248,54 +5248,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>244</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>245</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>246</v>
       </c>
       <c r="P54" s="4">
         <v>2.07</v>
       </c>
       <c r="Q54" s="4">
-        <v>2.07</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>1</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -5309,54 +5309,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>248</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>249</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P55" s="4">
         <v>9.41</v>
       </c>
       <c r="Q55" s="4">
-        <v>15.9</v>
+        <v>7.95</v>
       </c>
       <c r="R55" s="4">
-        <v>168.93</v>
+        <v>84.47</v>
       </c>
       <c r="S55" s="4">
         <v>1</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -5370,54 +5370,54 @@
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P56" s="4">
         <v>13.56</v>
       </c>
       <c r="Q56" s="4">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>4.3</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>1</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -5431,54 +5431,54 @@
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P57" s="4">
         <v>24.42</v>
       </c>
       <c r="Q57" s="4">
-        <v>24.36</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>1</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5492,54 +5492,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>261</v>
       </c>
       <c r="P58" s="4">
         <v>27.25</v>
       </c>
       <c r="Q58" s="4">
-        <v>25.76</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>94.56</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>1</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5553,54 +5553,54 @@
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>267</v>
       </c>
       <c r="P59" s="4">
         <v>84.94</v>
       </c>
       <c r="Q59" s="4">
-        <v>83.13</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>97.87</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>1</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5614,54 +5614,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>269</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>270</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>271</v>
       </c>
       <c r="P60" s="4">
         <v>57.6</v>
       </c>
       <c r="Q60" s="4">
-        <v>29.11</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>50.55</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>1</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5673,54 +5673,54 @@
         <v>272</v>
       </c>
       <c r="I61" s="13" t="s">
         <v>273</v>
       </c>
       <c r="J61" s="13"/>
       <c r="K61" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>277</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>278</v>
       </c>
       <c r="P61" s="4">
         <v>0.85</v>
       </c>
       <c r="Q61" s="4">
-        <v>1.65</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>195.47</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>55</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5734,54 +5734,54 @@
       <c r="I62" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>280</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>281</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>241</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>242</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P62" s="4">
         <v>6.35</v>
       </c>
       <c r="Q62" s="4">
-        <v>6.19</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>97.61</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>100</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5795,54 +5795,54 @@
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>283</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>284</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>285</v>
       </c>
       <c r="P63" s="4">
         <v>78.3</v>
       </c>
       <c r="Q63" s="4">
-        <v>71</v>
+        <v>33.11</v>
       </c>
       <c r="R63" s="4">
-        <v>90.69</v>
+        <v>42.29</v>
       </c>
       <c r="S63" s="4">
         <v>46</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5856,54 +5856,54 @@
       <c r="I64" s="13" t="s">
         <v>273</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>287</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>290</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>291</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>292</v>
       </c>
       <c r="P64" s="4">
         <v>40.32</v>
       </c>
       <c r="Q64" s="4">
-        <v>22.66</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>56.21</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>74</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5917,54 +5917,54 @@
       <c r="I65" s="13" t="s">
         <v>294</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>295</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>296</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>297</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>298</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>299</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>300</v>
       </c>
       <c r="P65" s="4">
         <v>0.86</v>
       </c>
       <c r="Q65" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>45.52</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -6039,54 +6039,54 @@
       <c r="I67" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>295</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>309</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>310</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>311</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P67" s="4">
         <v>0.86</v>
       </c>
       <c r="Q67" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>115.22</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>76</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -6222,54 +6222,54 @@
       <c r="I70" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>321</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>327</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>328</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>329</v>
       </c>
       <c r="P70" s="4">
         <v>2.64</v>
       </c>
       <c r="Q70" s="4">
-        <v>2.52</v>
+        <v>1.26</v>
       </c>
       <c r="R70" s="4">
-        <v>95.19</v>
+        <v>47.6</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6283,54 +6283,54 @@
       <c r="I71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>332</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>333</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P71" s="4">
         <v>31.69</v>
       </c>
       <c r="Q71" s="4">
-        <v>23.11</v>
+        <v>11.55</v>
       </c>
       <c r="R71" s="4">
-        <v>72.92</v>
+        <v>36.46</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6344,54 +6344,54 @@
       <c r="I72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>335</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>336</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>337</v>
       </c>
       <c r="P72" s="4">
         <v>5.71</v>
       </c>
       <c r="Q72" s="4">
-        <v>9.49</v>
+        <v>4.75</v>
       </c>
       <c r="R72" s="4">
-        <v>166.24</v>
+        <v>83.12</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -6405,54 +6405,54 @@
       <c r="I73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>339</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>340</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>341</v>
       </c>
       <c r="P73" s="4">
         <v>17.3</v>
       </c>
       <c r="Q73" s="4">
-        <v>22.14</v>
+        <v>11.07</v>
       </c>
       <c r="R73" s="4">
-        <v>128.02</v>
+        <v>64.01</v>
       </c>
       <c r="S73" s="4">
         <v>0</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6466,54 +6466,54 @@
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>343</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>344</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P74" s="4">
         <v>16.85</v>
       </c>
       <c r="Q74" s="4">
-        <v>23.43</v>
+        <v>11.71</v>
       </c>
       <c r="R74" s="4">
-        <v>139.06</v>
+        <v>69.53</v>
       </c>
       <c r="S74" s="4">
         <v>0</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -6527,54 +6527,54 @@
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>346</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>347</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>348</v>
       </c>
       <c r="P75" s="4">
         <v>9.01</v>
       </c>
       <c r="Q75" s="4">
-        <v>11.83</v>
+        <v>5.91</v>
       </c>
       <c r="R75" s="4">
-        <v>131.31</v>
+        <v>65.66</v>
       </c>
       <c r="S75" s="4">
         <v>0</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6588,54 +6588,54 @@
       <c r="I76" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>350</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>351</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>352</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>353</v>
       </c>
       <c r="P76" s="4">
         <v>41.39</v>
       </c>
       <c r="Q76" s="4">
-        <v>56.13</v>
+        <v>28.07</v>
       </c>
       <c r="R76" s="4">
-        <v>135.61</v>
+        <v>67.8</v>
       </c>
       <c r="S76" s="4">
         <v>0</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -6649,54 +6649,54 @@
       <c r="I77" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>321</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>355</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>356</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>357</v>
       </c>
       <c r="P77" s="4">
         <v>20.5</v>
       </c>
       <c r="Q77" s="4">
-        <v>30.73</v>
+        <v>15.37</v>
       </c>
       <c r="R77" s="4">
-        <v>149.92</v>
+        <v>74.96</v>
       </c>
       <c r="S77" s="4">
         <v>0</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -6710,54 +6710,54 @@
       <c r="I78" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>359</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>360</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>361</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>362</v>
       </c>
       <c r="P78" s="4">
         <v>2.82</v>
       </c>
       <c r="Q78" s="4">
-        <v>3.43</v>
+        <v>1.72</v>
       </c>
       <c r="R78" s="4">
-        <v>121.71</v>
+        <v>60.86</v>
       </c>
       <c r="S78" s="4">
         <v>0</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -6771,54 +6771,54 @@
       <c r="I79" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>364</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>365</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>226</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>227</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>366</v>
       </c>
       <c r="P79" s="4">
         <v>4.45</v>
       </c>
       <c r="Q79" s="4">
-        <v>7.63</v>
+        <v>3.82</v>
       </c>
       <c r="R79" s="4">
-        <v>171.51</v>
+        <v>85.76</v>
       </c>
       <c r="S79" s="4">
         <v>0</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -6832,54 +6832,54 @@
       <c r="I80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>368</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>369</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>370</v>
       </c>
       <c r="P80" s="4">
         <v>29.56</v>
       </c>
       <c r="Q80" s="4">
-        <v>22.01</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>74.45</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>100</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -6893,54 +6893,54 @@
       <c r="I81" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>372</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>373</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>261</v>
       </c>
       <c r="P81" s="4">
         <v>35.86</v>
       </c>
       <c r="Q81" s="4">
-        <v>34.96</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>97.48</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>1</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -6954,54 +6954,54 @@
       <c r="I82" s="13" t="s">
         <v>375</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>376</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>377</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>378</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>379</v>
       </c>
       <c r="P82" s="4">
         <v>7.78</v>
       </c>
       <c r="Q82" s="4">
-        <v>7.78</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>100</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -7015,54 +7015,54 @@
       <c r="I83" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J83" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>381</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>382</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>383</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>384</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>385</v>
       </c>
       <c r="P83" s="4">
         <v>3.09</v>
       </c>
       <c r="Q83" s="4">
-        <v>3.08</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>99.42</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>100</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -7076,54 +7076,54 @@
       <c r="I84" s="13" t="s">
         <v>387</v>
       </c>
       <c r="J84" s="13" t="s">
         <v>287</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>388</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>389</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>290</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>291</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P84" s="4">
         <v>36.28</v>
       </c>
       <c r="Q84" s="4">
-        <v>36.26</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>100</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
@@ -7137,54 +7137,54 @@
       <c r="I85" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J85" s="13" t="s">
         <v>391</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>392</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>393</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>290</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>291</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P85" s="4">
         <v>10.11</v>
       </c>
       <c r="Q85" s="4">
-        <v>9.26</v>
+        <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>91.59</v>
+        <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>100</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -7198,54 +7198,54 @@
       <c r="I86" s="13" t="s">
         <v>294</v>
       </c>
       <c r="J86" s="13" t="s">
         <v>302</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>395</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>397</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>398</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P86" s="4">
         <v>7.66</v>
       </c>
       <c r="Q86" s="4">
-        <v>7.65</v>
+        <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S86" s="4">
         <v>100</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
@@ -7259,54 +7259,54 @@
       <c r="I87" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>400</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>401</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>402</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>403</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>404</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P87" s="4">
         <v>19.7</v>
       </c>
       <c r="Q87" s="4">
-        <v>19.61</v>
+        <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>80</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
@@ -7320,54 +7320,54 @@
       <c r="I88" s="13" t="s">
         <v>308</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>321</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>406</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>407</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>408</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>409</v>
       </c>
       <c r="O88" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P88" s="4">
         <v>21.17</v>
       </c>
       <c r="Q88" s="4">
-        <v>5.55</v>
+        <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>26.21</v>
+        <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>100</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
@@ -7727,54 +7727,54 @@
       <c r="I95" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J95" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>431</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>432</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P95" s="4">
         <v>28.57</v>
       </c>
       <c r="Q95" s="4">
-        <v>5.25</v>
+        <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>18.37</v>
+        <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>66</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
@@ -8642,88 +8642,88 @@
       <c r="I110" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>505</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>506</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>507</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>508</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>509</v>
       </c>
       <c r="P110" s="4">
         <v>33.7</v>
       </c>
       <c r="Q110" s="4">
-        <v>29.55</v>
+        <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>87.69</v>
+        <v>0</v>
       </c>
       <c r="S110" s="4">
         <v>100</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="7" t="s">
         <v>510</v>
       </c>
       <c r="B111" s="7"/>
       <c r="C111" s="7"/>
       <c r="D111" s="7"/>
       <c r="E111" s="11"/>
       <c r="F111" s="7"/>
       <c r="G111" s="7"/>
       <c r="H111" s="14"/>
       <c r="I111" s="14"/>
       <c r="J111" s="14"/>
       <c r="K111" s="8"/>
       <c r="L111" s="8"/>
       <c r="M111" s="8"/>
       <c r="N111" s="8"/>
       <c r="O111" s="8">
         <v>2428.3</v>
       </c>
       <c r="P111" s="8">
-        <v>1517.67</v>
+        <v>345.33</v>
       </c>
       <c r="Q111" s="8">
-        <v>62.5</v>
+        <v>14.22</v>
       </c>
       <c r="R111" s="8"/>
       <c r="S111" s="8"/>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A111:N111"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>