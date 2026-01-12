--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -131,51 +131,51 @@
   <si>
     <t>10/12/2020</t>
   </si>
   <si>
     <t>MANAS KUMAR SAHA</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Anandipur Water Supply Scheme under Englishbazar Block under Malda Division, PHE Dte. in the district of Malda.</t>
   </si>
   <si>
     <t>Mr. Debasis Pal, Assistant Engineer</t>
   </si>
   <si>
     <t>Shreya Das, Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000825/2024-2025</t>
   </si>
   <si>
     <t>702/MD</t>
   </si>
   <si>
     <t>21/02/2025</t>
   </si>
   <si>
-    <t>07/04/2025</t>
+    <t>22/05/2025</t>
   </si>
   <si>
     <t>LABANYA ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Augmentation work of Boundary wall, Pump House, Blower Room,Over Head Reservoir and Construction Pathway &amp; Approach Road at Head Work Site of ANANDIPUR Water Supply Scheme of Englishbazar Block under Malda Division, P.H.E.Dte. in the District of Malda</t>
   </si>
   <si>
     <t>ORD/000111/2025-2026</t>
   </si>
   <si>
     <t>2414/MD</t>
   </si>
   <si>
     <t>27/05/2025</t>
   </si>
   <si>
     <t>10/08/2025</t>
   </si>
   <si>
     <t>M/S GHOSH CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>