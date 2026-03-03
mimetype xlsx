--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -748,54 +748,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>50.07</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.75</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>17.47</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -904,54 +904,54 @@
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="11"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8">
         <v>98.33</v>
       </c>
       <c r="P6" s="8">
-        <v>8.75</v>
+        <v>0</v>
       </c>
       <c r="Q6" s="8">
-        <v>8.9</v>
+        <v>0</v>
       </c>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>