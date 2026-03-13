--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -107,51 +107,51 @@
   <si>
     <t>SM/17676</t>
   </si>
   <si>
     <t>IOT</t>
   </si>
   <si>
     <t>Design, Supply and Installation of different capacity Solar Power Plant at Gangarampur Western Water Work Station (Kantatoir, 2X315 KVA Substation), Gangarampur Eastern Water Works Station (Jahangirpur, 2 x 500 KVA Substation) and GLR Water Works Station (Banihari of Gangarampur Eastern Sector, 150 KVA Substation) within Gangarampur Block of Tapan-Gangarampur Sub Surface Water Based Piped Water Supply Scheme with Net Metering Arrangement, Monitoring System in the district of Dakshin Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000067/2024-2025</t>
   </si>
   <si>
     <t>1635/MLMD</t>
   </si>
   <si>
     <t>21/06/2024</t>
   </si>
   <si>
-    <t>30/11/2025</t>
+    <t>28/02/2026</t>
   </si>
   <si>
     <t>WATER TECH</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>