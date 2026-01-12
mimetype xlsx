--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -143,51 +143,51 @@
   <si>
     <t>08/04/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I&amp;II and making compound lighting arrangement at T/W no. I of Margram (Zone-I&amp;II) Water Supply Scheme in the District of Dakshin Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015069)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-01</t>
   </si>
   <si>
     <t>ORD/000480/2023-2024</t>
   </si>
   <si>
     <t>2558/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>GHOSH BROTHERS...</t>
   </si>
   <si>
     <t>Implementation of Different Piped Water Supply Scheme namely (1) Margram (2) Barakali (3) Sobrasyampur (4) Mahadipur (5) Uttar Khanpur (6) Dasul (7) Jantigram at Balurghat Block in the District of Dakshin Dinajpur under Balurghat Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ</t>
   </si>
   <si>
     <t>Junior Engineer 3</t>
   </si>
   <si>
     <t>ORD/000103/2023-2024</t>
   </si>
   <si>
     <t>1142/BD</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
     <t>22/02/2025</t>
   </si>