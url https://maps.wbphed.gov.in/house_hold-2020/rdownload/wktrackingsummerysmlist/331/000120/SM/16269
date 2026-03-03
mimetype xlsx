--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -949,88 +949,88 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>3593.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>77.61</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>3670.2</v>
       </c>
       <c r="P7" s="8">
-        <v>77.61</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>