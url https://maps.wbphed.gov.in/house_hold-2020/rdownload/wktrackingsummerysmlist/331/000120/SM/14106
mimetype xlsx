--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -867,54 +867,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>9.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.33</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>75.67</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -930,54 +930,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P4" s="4">
         <v>9.69</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.38</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>76.14</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -993,54 +993,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>9.42</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.11</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>75.43</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1054,54 +1054,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4">
         <v>4003194056</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>6.1</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.1</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1115,54 +1115,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4">
         <v>4003194055</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>4.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1176,54 +1176,54 @@
         <v>52</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4">
         <v>4003194054</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P8" s="4">
         <v>7.63</v>
       </c>
       <c r="Q8" s="4">
-        <v>7.63</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1475,54 +1475,54 @@
       <c r="I13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P13" s="4">
         <v>1145.24</v>
       </c>
       <c r="Q13" s="4">
-        <v>377.33</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>32.95</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>15</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1538,88 +1538,88 @@
       <c r="I14" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>38.21</v>
       </c>
       <c r="Q14" s="4">
-        <v>24.38</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>63.8</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>63</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1307.18</v>
       </c>
       <c r="P15" s="8">
-        <v>442.12</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>33.82</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>