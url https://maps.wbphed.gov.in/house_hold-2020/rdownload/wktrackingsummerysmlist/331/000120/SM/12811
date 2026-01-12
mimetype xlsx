--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -200,51 +200,51 @@
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>GHOSH BROTHERS</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Bolla Water Supply Scheme in the District of Dakshin Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014315)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-01</t>
   </si>
   <si>
     <t>ORD/000605/2023-2024</t>
   </si>
   <si>
     <t>2650/MLMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>27/04/2026</t>
   </si>
   <si>
     <t>M/S. KUNDU CONSTRACTION</t>
   </si>
   <si>
     <t>Laying of additional distribution of pipeline for the left out area, and other allied works within command area of Bolla Piped Water Supply Scheme at Balurghat Block in the District of Dakshin Dinajpur under Balurghat Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000195/2024-2025</t>
   </si>
   <si>
     <t>48/BD</t>
   </si>
   <si>
     <t>06/01/2025</t>
   </si>
   <si>
     <t>21/05/2025</t>
   </si>
   <si>
     <t>M/S PINKI CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>