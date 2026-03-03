--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1114,54 +1114,54 @@
       <c r="I8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>2425.67</v>
       </c>
       <c r="Q8" s="4">
-        <v>86.55</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>3.57</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>30</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1177,54 +1177,54 @@
       <c r="I9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>28.39</v>
       </c>
       <c r="Q9" s="4">
-        <v>19.07</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>67.18</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1274,54 +1274,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>2567.38</v>
       </c>
       <c r="P11" s="8">
-        <v>105.62</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>4.11</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>