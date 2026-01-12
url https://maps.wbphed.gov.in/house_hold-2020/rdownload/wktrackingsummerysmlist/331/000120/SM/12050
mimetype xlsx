--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -245,51 +245,51 @@
   <si>
     <t>28/04/2023</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>M/S. ANWESHA ENTERPRISE</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II and making compound lighting arrangement at T/W no. I of Gurkhair Water Supply Scheme in the District of Dakshin Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/012011)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-01</t>
   </si>
   <si>
     <t>ORD/000394/2023-2024</t>
   </si>
   <si>
     <t>2402/MLMD</t>
   </si>
   <si>
-    <t>27/11/2025</t>
+    <t>26/05/2026</t>
   </si>
   <si>
     <t>ANIMA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>