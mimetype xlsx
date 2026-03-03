--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -844,54 +844,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003201662</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.21</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1025,54 +1025,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>21.3</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.15</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>24.18</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1324,54 +1324,54 @@
       <c r="I11" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>351.67</v>
       </c>
       <c r="Q11" s="4">
-        <v>141.26</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>40.17</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>42</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1387,88 +1387,88 @@
       <c r="I12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>26.85</v>
       </c>
       <c r="Q12" s="4">
-        <v>19.53</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>72.73</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>483.71</v>
       </c>
       <c r="P13" s="8">
-        <v>169.15</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>34.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>