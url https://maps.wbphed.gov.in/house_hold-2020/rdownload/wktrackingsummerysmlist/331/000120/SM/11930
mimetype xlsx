--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -254,51 +254,51 @@
   <si>
     <t>RTOR000054/2023-2024</t>
   </si>
   <si>
     <t>248/BD</t>
   </si>
   <si>
     <t>21/02/2024</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I ,II and making compound lighting arrangement at T/W no. I of Brahmangaon Water Supply Scheme in the District of Dakshin Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/011983)</t>
   </si>
   <si>
     <t>Junior Engineer-01</t>
   </si>
   <si>
     <t>ORD/000016/2023-2024</t>
   </si>
   <si>
     <t>779/MLMD</t>
   </si>
   <si>
     <t>27/04/2023</t>
   </si>
   <si>
-    <t>28/10/2025</t>
+    <t>25/02/2026</t>
   </si>
   <si>
     <t>ANIMA ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of Rising Main, Providing FHTC, Construction of 300 Cum capacity OHR with 20m Staging Height including with Soil Investigation, Pump House, Boundary Wall &amp; Approach Road for implementation of Brahmangaon Piped Water Supply Scheme at Harirampur Block in the District of Dakshin Dinajpur under Balurghat Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000018/2023-2024</t>
   </si>
   <si>
     <t>202/BD</t>
   </si>
   <si>
     <t>28/04/2023</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>DURJOY MITRA</t>
   </si>
   <si>
     <t>Laying of additional distribution pipeline for the left out area, construction of approach road and other allied works within command area of Brahmangaon Piped Water Supply Scheme at Harirampur Block in the District of Dakshin Dinajpur under Balurghat Division, PHE Dte.</t>
   </si>