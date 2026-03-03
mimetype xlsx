--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -894,54 +894,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>329.6</v>
       </c>
       <c r="Q3" s="4">
-        <v>261.21</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>79.25</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>82</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -957,54 +957,54 @@
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P4" s="4">
         <v>8.26</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.32</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>76.52</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1020,54 +1020,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>8.28</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.67</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>80.56</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1142,54 +1142,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="4">
         <v>4003193779</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>4.85</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1203,54 +1203,54 @@
         <v>57</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4">
         <v>4003193767</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>3.03</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.03</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1262,54 +1262,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P9" s="4">
         <v>0.59</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>71.8</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1321,54 +1321,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P10" s="4">
         <v>0.59</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.42</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>71.55</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1502,54 +1502,54 @@
       <c r="I13" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>26.58</v>
       </c>
       <c r="Q13" s="4">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>71.37</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1565,54 +1565,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>215.09</v>
       </c>
       <c r="Q14" s="4">
-        <v>73.92</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>34.37</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>80</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1662,54 +1662,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>95</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>679.99</v>
       </c>
       <c r="P16" s="8">
-        <v>375.82</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>55.27</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>