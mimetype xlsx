--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -335,51 +335,51 @@
   <si>
     <t>3943/BD</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>NILKAMAL BASAK</t>
   </si>
   <si>
     <t>Providing Functional House Hold Tap connection of Zone-XI by Retrofitting of Tapan Eastern Sector under Sub Surface Based Piped Water Supply Scheme at Tapan Block in the District of Dakshin Dinajpur.</t>
   </si>
   <si>
     <t>Junior Engineer 3 HQ,Junior Engineer Tapan</t>
   </si>
   <si>
     <t>ORD/000254/2022-2023</t>
   </si>
   <si>
     <t>3964/BD</t>
   </si>
   <si>
-    <t>19/01/2025</t>
+    <t>20/03/2025</t>
   </si>
   <si>
     <t>NARENDRANATH PAUL</t>
   </si>
   <si>
     <t>Providing Functional House Hold Tap connection of Zone-X by Retrofitting of Tapan Eastern Sector under Sub Surface Based Piped Water Supply Scheme at Tapan Block in the District of Dakshin Dinajpur.</t>
   </si>
   <si>
     <t>Junior Engineer 3,Junior Engineer Tapan</t>
   </si>
   <si>
     <t>ORD/000255/2022-2023</t>
   </si>
   <si>
     <t>3963/BD</t>
   </si>
   <si>
     <t>14/09/2025</t>
   </si>
   <si>
     <t>TARAMA CONSTRUCTION</t>
   </si>
   <si>
     <t>Providing Functional House Hold Tap connection of Zone-XIII by Retrofitting of Tapan Eastern Sector under Sub Surface Based Piped Water Supply Scheme at Tapan Block in the District of Dakshin Dinajpur.</t>
   </si>