--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1284,54 +1284,54 @@
         <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>2.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.67</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -2205,54 +2205,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>896.06</v>
       </c>
       <c r="P23" s="8">
-        <v>2.67</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>