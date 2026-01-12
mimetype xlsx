--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -297,50 +297,53 @@
     <t>RTOR000024/2024-2025</t>
   </si>
   <si>
     <t>2318/BD</t>
   </si>
   <si>
     <t>22/11/2024</t>
   </si>
   <si>
     <t>Shifting &amp; diversion of 11KV HTOH line from the PHE site at Agacha, PS-Kumarganj</t>
   </si>
   <si>
     <t>BILL/02478/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-572</t>
   </si>
   <si>
     <t>14/11/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Formal work order for the work of Laying distribution pipe line for Augmentation of Agachha piped water supply scheme at Kumarganj Block in the District of Dakshin Dinajpur under Balurghat Division P.H.Engineering Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ,Assistant Engineer RWS</t>
   </si>
   <si>
     <t>ORD/000419/2021-2022</t>
   </si>
   <si>
     <t>72/BD</t>
   </si>
   <si>
     <t>11/01/2022</t>
   </si>
   <si>
     <t>11/04/2022</t>
   </si>
   <si>
     <t>M/S. ANWESHA ENTERPRISE</t>
   </si>
   <si>
     <t>Providing Functional House Hold Tap connection under Augmentation of Agachha Piped Water Supply Scheme at Kumarganj Block in the District of Dakshin Dinajpur (Phase - II)</t>
   </si>
   <si>
     <t>ORD/000043/2022-2023</t>
   </si>
   <si>
     <t>919/BD</t>
   </si>
@@ -1681,212 +1684,212 @@
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>187.68</v>
       </c>
       <c r="Q16" s="4">
         <v>177.07</v>
       </c>
       <c r="R16" s="4">
         <v>94.35</v>
       </c>
       <c r="S16" s="4">
         <v>96</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>67.68</v>
       </c>
       <c r="Q17" s="4">
         <v>58.11</v>
       </c>
       <c r="R17" s="4">
         <v>85.87</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>170.22</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>18</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>514.4</v>
       </c>
       <c r="P19" s="8">
         <v>260.02</v>
       </c>
       <c r="Q19" s="8">
         <v>50.55</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>