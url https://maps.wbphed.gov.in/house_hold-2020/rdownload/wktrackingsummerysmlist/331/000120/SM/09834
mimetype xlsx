--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -941,54 +941,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>6.19</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.7</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>92.11</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1000,54 +1000,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>3.1</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.09</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1059,54 +1059,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>3.1</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.09</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.54</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1179,54 +1179,54 @@
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>7.37</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.37</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1240,54 +1240,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>0.29</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1301,54 +1301,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>0.51</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1533,54 +1533,54 @@
       <c r="I13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>9.69</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.8</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>49.53</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1708,54 +1708,54 @@
       <c r="I16" s="13" t="s">
         <v>95</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>187.68</v>
       </c>
       <c r="Q16" s="4">
-        <v>177.07</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>94.35</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>96</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1769,54 +1769,54 @@
       <c r="I17" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>67.68</v>
       </c>
       <c r="Q17" s="4">
-        <v>58.11</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>85.87</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1864,54 +1864,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>514.4</v>
       </c>
       <c r="P19" s="8">
-        <v>260.02</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>50.55</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>