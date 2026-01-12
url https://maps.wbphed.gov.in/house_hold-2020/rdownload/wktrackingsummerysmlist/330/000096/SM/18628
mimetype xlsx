--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -164,135 +164,135 @@
   <si>
     <t>Quotation for new service connection at BHIKHANPUR PH-III (Karandighi ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/18628)</t>
   </si>
   <si>
     <t>BILL/02199/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-520</t>
   </si>
   <si>
     <t>26/09/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at BHIKHANPUR PH-I (Karandighi ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/18628)</t>
   </si>
   <si>
     <t>BILL/02198/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-519</t>
   </si>
   <si>
+    <t>Implementation of BHIKHANPUR and its adjoining mouzas Pipe Water Supply Scheme at KARANDIGHI Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000358/2023-2024</t>
+  </si>
+  <si>
+    <t>2474/RD/PHE</t>
+  </si>
+  <si>
+    <t>24/08/2023</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>M/S PINKI CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I,II &amp; III and Making Compound Lighting arrangement and allied works at T/W No. I of Bhikhanpur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/018357)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-02</t>
+  </si>
+  <si>
+    <t>ORD/001814/2023-2024</t>
+  </si>
+  <si>
+    <t>3702/MLMD</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>ANIMA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Continuation work- Hiring of Inspection vehicle (Diesel driven) for official use of Assistant Engineer-I under office of the Executive Engineer, Malda Mechanical Division, P.H.E. Dte</t>
+  </si>
+  <si>
+    <t>Junior Engineer-04</t>
+  </si>
+  <si>
+    <t>ORD/001007/2024-2025</t>
+  </si>
+  <si>
+    <t>4277/MLMD</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>24/02/2025</t>
+  </si>
+  <si>
+    <t>RAMCHANDRA BASAK</t>
+  </si>
+  <si>
     <t>Restoration of damage pipeline during road widening at Bikhanpur piped water Supply Scheme at Karandighi Block Under Islampur SubDivision under Raiganj Division,P.H.E Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000405/2025-2026</t>
   </si>
   <si>
     <t>1609/RD/PHE</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>15/10/2025</t>
-  </si>
-[...67 lines deleted...]
-    <t>RAMCHANDRA BASAK</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1121,266 +1121,266 @@
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>52</v>
+      </c>
       <c r="K8" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P8" s="4">
-        <v>13.22</v>
+        <v>647.91</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>223.79</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>34.54</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="P9" s="4">
-        <v>647.91</v>
+        <v>37.03</v>
       </c>
       <c r="Q9" s="4">
-        <v>223.79</v>
+        <v>29.23</v>
       </c>
       <c r="R9" s="4">
-        <v>34.54</v>
+        <v>78.93</v>
       </c>
       <c r="S9" s="4">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P10" s="4">
-        <v>37.03</v>
+        <v>0.77</v>
       </c>
       <c r="Q10" s="4">
-        <v>29.23</v>
+        <v>0.75</v>
       </c>
       <c r="R10" s="4">
-        <v>78.93</v>
+        <v>98.05</v>
       </c>
       <c r="S10" s="4">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="P11" s="4">
-        <v>0.77</v>
+        <v>13.22</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.05</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>908.53</v>