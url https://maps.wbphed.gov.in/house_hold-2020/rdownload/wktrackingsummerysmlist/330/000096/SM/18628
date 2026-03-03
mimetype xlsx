--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1143,54 +1143,54 @@
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>647.91</v>
       </c>
       <c r="Q8" s="4">
-        <v>223.79</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>34.54</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1206,54 +1206,54 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>37.03</v>
       </c>
       <c r="Q9" s="4">
-        <v>29.23</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>78.93</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>88</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1269,54 +1269,54 @@
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>0.77</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.05</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1364,54 +1364,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>908.53</v>
       </c>
       <c r="P12" s="8">
-        <v>253.77</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>27.93</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>