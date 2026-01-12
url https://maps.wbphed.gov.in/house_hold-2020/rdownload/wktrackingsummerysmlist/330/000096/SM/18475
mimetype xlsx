--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -128,51 +128,51 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I , II &amp; III and making compound lighting arrangement at T/W no. I of Uttar Sahapur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/016451)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000549/2023-2024</t>
   </si>
   <si>
     <t>2538/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/09/2025</t>
+    <t>27/01/2026</t>
   </si>
   <si>
     <t>HANNAN BUILDERS PVT. LTD.</t>
   </si>
   <si>
     <t>Quotation for new service connection at UTTAR SHAHAPUR PH-II (Kanki ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/18475)</t>
   </si>
   <si>
     <t>BILL/01098/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-258</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Quotation for new service connection at UTTAR SHAHAPUR PH-III (Kanki ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/18475)</t>
   </si>
   <si>
     <t>BILL/01097/2024-2025</t>
   </si>
@@ -188,51 +188,51 @@
   <si>
     <t>BP-2024-25-259</t>
   </si>
   <si>
     <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 25 nos. Piped water supply Schemes within GOALPOKHAR-II Dev. Block of Uttar Dinajpur District under Raiganj Division ,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER,Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000374/2023-2024</t>
   </si>
   <si>
     <t>2590/RD/PHE</t>
   </si>
   <si>
     <t>11/09/2023</t>
   </si>
   <si>
     <t>29/11/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -643,51 +643,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>