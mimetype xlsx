--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -845,54 +845,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>39.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>30.76</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>77.24</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>77</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1085,88 +1085,88 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>12931.07</v>
       </c>
       <c r="Q8" s="4">
-        <v>377.61</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>35</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>13059.03</v>
       </c>
       <c r="P9" s="8">
-        <v>408.37</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>3.13</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>