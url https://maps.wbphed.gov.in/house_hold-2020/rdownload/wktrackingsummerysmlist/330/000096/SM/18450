--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -293,51 +293,51 @@
   <si>
     <t>1980/RD/PHE</t>
   </si>
   <si>
     <t>29/06/2024</t>
   </si>
   <si>
     <t>13/01/2025</t>
   </si>
   <si>
     <t>PRITAM SARKAR</t>
   </si>
   <si>
     <t>Construction of Boundary Wall With Gate at Head Work Site ,2nd &amp;3rd Tube-Well Site under CHHAYGHARA PWSS at Itahar Block under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000508/2023-2024</t>
   </si>
   <si>
     <t>633/RD/PHE</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
-    <t>19/04/2024</t>
+    <t>14/01/2025</t>
   </si>
   <si>
     <t>PRIMECON ENTERPRISE</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C.) for the office of the Assistant Engineer, Raiganj Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Raiganj Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 12 months (Period from 17.10.2023 to 16.10.2024)</t>
   </si>
   <si>
     <t>Junior Engineer, RSD</t>
   </si>
   <si>
     <t>ORD/000627/2023-2024</t>
   </si>
   <si>
     <t>2876/RD/PHE</t>
   </si>
   <si>
     <t>17/10/2023</t>
   </si>
   <si>
     <t>17/10/2024</t>
   </si>
   <si>
     <t>ARNAB DUTTA</t>
   </si>
@@ -955,54 +955,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>11.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>6.91</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>59.69</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1313,54 +1313,54 @@
       <c r="I9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>24.24</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.36</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>22.13</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>84</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1376,54 +1376,54 @@
       <c r="I10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>775.32</v>
       </c>
       <c r="Q10" s="4">
-        <v>207.62</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>26.78</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>30</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1502,54 +1502,54 @@
       <c r="I12" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P12" s="4">
         <v>2.6</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>15.36</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1628,54 +1628,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>96</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P14" s="4">
         <v>4.8</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.18</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>24.49</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1786,54 +1786,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1072.82</v>
       </c>
       <c r="P17" s="8">
-        <v>221.46</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>20.64</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>