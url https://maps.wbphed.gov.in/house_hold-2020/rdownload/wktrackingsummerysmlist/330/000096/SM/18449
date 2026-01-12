--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -251,72 +251,72 @@
   <si>
     <t>637/RD/PHE</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>13/05/2025</t>
   </si>
   <si>
     <t>Hiring of Additional well-maintained Diesel Maxi Cab (Non-A.C. vehicle no. WB58CB7128) for the office of the Assistant Engineer, Islampur Sub-Division, P.H.E. Dte. for the purpose of supervision of JJM works having jurisdiction over the entire Islampur Sub-Division, P.H.E. Dte. under Raiganj Division, P.H.E. Dte. in the District of Uttar Dinajpur. For 6(Six) Month.</t>
   </si>
   <si>
     <t>ORD/000523/2024-2025</t>
   </si>
   <si>
     <t>95/RD/PHE</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
-    <t>M/S GHOSH AND CO.</t>
+    <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Laying additional pipe line,Road Restoration and Approach Road in connection with New Scheme Of Iluabari Zone-I and Zone-II Pipe Water Supply Scheme at Islampur Block of Uttar Dinajpur District under Raiganj Division.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>Junior Engineer,Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000415/2024-2025</t>
   </si>
   <si>
     <t>3579/RD/PHE</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
-    <t>19/01/2025</t>
+    <t>14/01/2026</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Iluabari Zone-I &amp; Zone-II Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 120 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000328/2025-2026</t>
   </si>
   <si>
     <t>2013/RD/PHE</t>
   </si>
   <si>
     <t>04/01/2026</t>
   </si>
   <si>
     <t>M/S LOKENATH CONSTRUCTION (SUDARSHANPUR)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -1500,51 +1500,51 @@
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P13" s="4">
         <v>97.01</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>