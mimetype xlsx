--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1006,54 +1006,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>27.18</v>
       </c>
       <c r="Q5" s="4">
-        <v>22.28</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>81.99</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>82</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1305,54 +1305,54 @@
       <c r="I10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>1194.94</v>
       </c>
       <c r="Q10" s="4">
-        <v>470.35</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>39.36</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>60</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1368,54 +1368,54 @@
       <c r="I11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P11" s="4">
         <v>47.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.2</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>21.27</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>85</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1589,54 +1589,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1522.2</v>
       </c>
       <c r="P15" s="8">
-        <v>502.83</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>33.03</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>