--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -194,99 +194,81 @@
   <si>
     <t>24/08/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>PRADIP KUMAR PAUL</t>
   </si>
   <si>
     <t>Laying of Additional pipeline with other ancillary works at different mouzas of PURBA GOMAIDIGHI PWSS under Islampur Sub-Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000374/2024-2025</t>
   </si>
   <si>
     <t>3493/RD/PHE</t>
   </si>
   <si>
     <t>02/12/2024</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>11/01/2026</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no.I &amp; II and making compound lighting arrangement at T/W no.I of PURBA GOMAIDIGHI Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/002577/2023-2024</t>
   </si>
   <si>
     <t>1003/MLMD</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>28/12/2025</t>
   </si>
   <si>
     <t>DEY ENTERPRISE..</t>
   </si>
   <si>
-    <t>Construction of Road restoration with dismantling and approach road in connection with the New Scheme of Purba Gomaidighi PWSS at Islampur Block under Raiganj Division, PHE Dte.</t>
+    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Purba Gomaidighi Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 45 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
-  </si>
-[...16 lines deleted...]
-    <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Purba Gomaidighi Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 45 M3/hr.</t>
   </si>
   <si>
     <t>ORD/000288/2025-2026</t>
   </si>
   <si>
     <t>1810/RD/PHE</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -687,51 +669,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1273,168 +1255,107 @@
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="P10" s="4">
-        <v>23.9</v>
+        <v>19.12</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A11" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>903.42</v>
+      </c>
+      <c r="P11" s="8">
+        <v>324.7</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>35.94</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>