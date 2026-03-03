--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1074,54 +1074,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>692.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>303.91</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>43.86</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1200,54 +1200,54 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>28.11</v>
       </c>
       <c r="Q9" s="4">
-        <v>20.79</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>73.97</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>79</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1295,54 +1295,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>903.42</v>
       </c>
       <c r="P11" s="8">
-        <v>324.7</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>35.94</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>