--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -182,51 +182,51 @@
   <si>
     <t>12/06/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER,WBSRDA,UTTAR DINAJPUR DIVISION</t>
   </si>
   <si>
     <t>Implementation of KUCHILA and it's adjoining mouzas Pipe Water Supply Scheme at ISLAMPUR Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000081/2023-2024</t>
   </si>
   <si>
     <t>2000/RD/PHE</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
-    <t>30/03/2025</t>
+    <t>25/12/2025</t>
   </si>
   <si>
     <t>UTTAM SAHA</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Kuchila Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/016546)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000518/2023-2024</t>
   </si>
   <si>
     <t>2514/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>