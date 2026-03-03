--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1068,54 +1068,54 @@
       <c r="I7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>736.01</v>
       </c>
       <c r="Q7" s="4">
-        <v>231</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>31.39</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1226,54 +1226,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>939.64</v>
       </c>
       <c r="P10" s="8">
-        <v>231</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>24.58</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>