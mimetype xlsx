--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -188,72 +188,72 @@
   <si>
     <t>BILL/00028/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-38</t>
   </si>
   <si>
     <t>Implementation of DOHASO and its adjoining mouzas Pipe Water Supply Scheme at ISLAMPUR Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000165/2023-2024</t>
   </si>
   <si>
     <t>2091/RD/PHE</t>
   </si>
   <si>
     <t>27/07/2023</t>
   </si>
   <si>
-    <t>28/03/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>AJIT PRAMANIK AJITPRAMANICK82@GMAIL.COM</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I , II &amp; III and making compound lighting arrangement at T/W no. I of Dohaso Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/015576)</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000495/2023-2024</t>
   </si>
   <si>
     <t>2495/MLMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>26/02/2026</t>
   </si>
   <si>
     <t>ALOK ENTERPRISE, A UNIT OF SAKET TREXIM PVT. LTD..</t>
   </si>
   <si>
     <t>Construction of Boundary Wall With Gate at Head Work Site, 2nd &amp;3rd Tube-Well Site under DOHASO PWSS at Islampur Block under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000541/2023-2024</t>
   </si>
   <si>
     <t>609/RD/PHE</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>16/10/2024</t>
   </si>
   <si>
     <t>DIPAK SAHA</t>
   </si>