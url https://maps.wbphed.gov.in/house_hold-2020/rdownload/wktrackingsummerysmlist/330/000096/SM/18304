--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -838,54 +838,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4">
         <v>4003216769</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>9.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.76</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1139,54 +1139,54 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>1441.52</v>
       </c>
       <c r="Q8" s="4">
-        <v>795.41</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>55.18</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1362,54 +1362,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1713.1</v>
       </c>
       <c r="P12" s="8">
-        <v>805.18</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>