--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -237,65 +237,50 @@
     <t>17/02/2025</t>
   </si>
   <si>
     <t>M/S. B. PAUL &amp; COMPANY</t>
   </si>
   <si>
     <t>Designing, Supplying, Febrication, Erection on suitable RCC foundation, commissioning with 3(three) months Trial Run (including cost of routine testing of water sample and flow/hr for performance evaluation) of pressure type Iron Removal Plant as per design norms of CPHEEO(latest) with necessary accessories for Gunjaria Water Supply Scheme at Islampur Block under Raiganj Division, P.H.E. Dte. Dist:- Uttar Dinajpur, Capacity- 90 M3/hr.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000285/2025-2026</t>
   </si>
   <si>
     <t>1807/RD/PHE</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>21/12/2025</t>
   </si>
   <si>
     <t>AJIT PRAMANIK</t>
-  </si>
-[...13 lines deleted...]
-    <t>19/07/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -684,51 +669,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W11"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1231,148 +1216,87 @@
       </c>
       <c r="N9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P9" s="4">
         <v>33.6</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="3">
-[...20 lines deleted...]
-      <c r="H10" s="13" t="s">
+      <c r="A10" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="I10" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>819.21</v>
+      </c>
+      <c r="P10" s="8">
+        <v>140.14</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>17.11</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
-    <row r="11" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>