--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -954,54 +954,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>631.56</v>
       </c>
       <c r="Q5" s="4">
-        <v>140.14</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>22.19</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1236,54 +1236,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>819.21</v>
       </c>
       <c r="P10" s="8">
-        <v>140.14</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>17.11</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>