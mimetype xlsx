--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -191,51 +191,51 @@
   <si>
     <t>BP-2024-25-67</t>
   </si>
   <si>
     <t>Quotation for new service connection at IKARCHALA ZONE-I PH-I (Goalpokher ccc) in the district of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (SM/18294)</t>
   </si>
   <si>
     <t>BILL/01101/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-261</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II and making compound lighting arrangement at T/W no. I of Ikarchala Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/014639)</t>
   </si>
   <si>
     <t>ORD/000589/2023-2024</t>
   </si>
   <si>
     <t>2638/MLMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
-    <t>16/10/2025</t>
+    <t>14/04/2026</t>
   </si>
   <si>
     <t>M/S D.G.B. ENTERPRISE.</t>
   </si>
   <si>
     <t>Sinking of Tube Well, laying of rising main &amp; distribution system, providing FHTC ,Construction of Over Head Reservoir over Pile / Raft Foundation including subsoil investigation, construction of Pump House, Chlorine room, Boundary Wall &amp; Approach Road and allied works for 16 nos. Piped water supply Schemes within GOALPOKHAR-I Dev. Block of Uttar Dinajpur District under Raiganj Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000373/2023-2024</t>
   </si>
   <si>
     <t>2568/RD/PHE</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>