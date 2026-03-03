--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -965,54 +965,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>25.53</v>
       </c>
       <c r="Q4" s="4">
-        <v>19.44</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>76.17</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>76</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1327,54 +1327,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>6530.5</v>
       </c>
       <c r="Q10" s="4">
-        <v>390.91</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>5.99</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>38</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1668,54 +1668,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>6820.11</v>
       </c>
       <c r="P16" s="8">
-        <v>410.36</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>6.02</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>