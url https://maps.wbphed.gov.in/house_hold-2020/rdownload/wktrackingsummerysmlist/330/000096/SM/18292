--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -125,78 +125,78 @@
   <si>
     <t>02/03/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Implementation of DIGHALGAON and it's adjoining mouzas Pipe Water Supply Scheme at KARANDIGHI Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, OHR, Pump House at Head Work,2nd &amp;3rdTubeWell)</t>
   </si>
   <si>
     <t>Assistant Engineer ISD</t>
   </si>
   <si>
     <t>Junior Engineer, ISD</t>
   </si>
   <si>
     <t>ORD/000077/2023-2024</t>
   </si>
   <si>
     <t>2002/RD/PHE</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
-    <t>08/02/2025</t>
+    <t>06/09/2025</t>
   </si>
   <si>
     <t>DIPESH BHOWMIK</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. I,II &amp; III and Making Compound Lighting arrangement and allied works at T/W No. I of Dighalgaon Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/018378)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000665/2023-2024</t>
   </si>
   <si>
     <t>2745/MLMD</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>27/04/2026</t>
   </si>
   <si>
     <t>M/S S. S. ENTERPRISE</t>
   </si>
   <si>
     <t>Additional pipeline and other ancillary works at Dighalgaon piped water Supply Scheme Under Islampur SubDivision under Raiganj Division,P.H.E Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000560/2024-2025</t>
   </si>
   <si>
     <t>327/RD/PHE</t>
   </si>
   <si>
     <t>17/01/2025</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
     <t>Laying of pipeline with FHTC of DIGHALGAON and it¿s adjoining mouzas Pipe Water Supply Scheme at Karandighi Block of Uttar Dinajpur District under Raiganj Division, P.H.E. Dte.</t>
   </si>
@@ -875,54 +875,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>503.41</v>
       </c>
       <c r="Q4" s="4">
-        <v>53.54</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>10.64</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>40</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1161,54 +1161,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>744.77</v>
       </c>
       <c r="P9" s="8">
-        <v>53.54</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>7.19</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>