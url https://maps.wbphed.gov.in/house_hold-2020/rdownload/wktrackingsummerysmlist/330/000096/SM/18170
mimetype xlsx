--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -128,51 +128,51 @@
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation ,commissioning and trial operation of electro-mechanical components at T/W no.I &amp; II of Bharatpur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/020865)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-04,Junior Engineer-07</t>
   </si>
   <si>
     <t>ORD/000716/2023-2024</t>
   </si>
   <si>
     <t>2701/MLMD</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
-    <t>28/10/2025</t>
+    <t>26/04/2026</t>
   </si>
   <si>
     <t>SUBRATA KUMAR DAS.</t>
   </si>
   <si>
     <t>Implementation of BHARATPUR and it's adjoining mouzas Pipe Water Supply Scheme at HEMTABAD Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House and Boundary Wall.)</t>
   </si>
   <si>
     <t>Assistant Engineer RSD</t>
   </si>
   <si>
     <t>Junior Engineer, RSD</t>
   </si>
   <si>
     <t>ORD/000049/2023-2024</t>
   </si>
   <si>
     <t>1556/RD/PHE</t>
   </si>
   <si>
     <t>29/05/2023</t>
   </si>
   <si>
     <t>16/08/2025</t>
   </si>