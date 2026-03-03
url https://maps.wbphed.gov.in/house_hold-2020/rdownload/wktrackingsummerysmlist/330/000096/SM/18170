--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -830,54 +830,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>14.25</v>
       </c>
       <c r="Q4" s="4">
-        <v>11.33</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>79.49</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>79</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -893,54 +893,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>92.43</v>
       </c>
       <c r="Q5" s="4">
-        <v>16.09</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>17.4</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -956,88 +956,88 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>2.6</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>15.04</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>115.18</v>
       </c>
       <c r="P7" s="8">
-        <v>27.8</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>24.14</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>