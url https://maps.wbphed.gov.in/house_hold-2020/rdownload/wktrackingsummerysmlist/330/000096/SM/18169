--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -147,50 +147,74 @@
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Implementation of DHABAIL and it's adjoining mouzas Pipe Water Supply Scheme at KALIAGANJ Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House and Boundary Wall.)</t>
   </si>
   <si>
     <t>Assistant Engineer RSD</t>
   </si>
   <si>
     <t>Junior Engineer, RSD</t>
   </si>
   <si>
     <t>ORD/000051/2023-2024</t>
   </si>
   <si>
     <t>1558/RD/PHE</t>
   </si>
   <si>
     <t>29/05/2023</t>
   </si>
   <si>
     <t>23/06/2024</t>
   </si>
   <si>
     <t>UNITED PROGRESSIVE ENGINEERS CO-OP &amp;CONSTRUCTION SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>Supply, installation ,commissioning and trial operation of electro-mechanical components at T/W no.I of Dhabail Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/020919)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-07</t>
+  </si>
+  <si>
+    <t>ORD/000721/2023-2024</t>
+  </si>
+  <si>
+    <t>2702/MLMD</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>SOVA ENTERPRISE.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -579,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -876,87 +900,150 @@
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>57.44</v>
       </c>
       <c r="Q5" s="4">
         <v>49.09</v>
       </c>
       <c r="R5" s="4">
         <v>85.46</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="7"/>
-[...22 lines deleted...]
-      <c r="S6" s="8"/>
+      <c r="I6" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" s="4">
+        <v>7.17</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>5.72</v>
+      </c>
+      <c r="R6" s="4">
+        <v>79.7</v>
+      </c>
+      <c r="S6" s="4">
+        <v>100</v>
+      </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="14"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="8"/>
+      <c r="L7" s="8"/>
+      <c r="M7" s="8"/>
+      <c r="N7" s="8"/>
+      <c r="O7" s="8">
+        <v>71.08</v>
+      </c>
+      <c r="P7" s="8">
+        <v>54.8</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>77.1</v>
+      </c>
+      <c r="R7" s="8"/>
+      <c r="S7" s="8"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A6:N6"/>
+    <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>