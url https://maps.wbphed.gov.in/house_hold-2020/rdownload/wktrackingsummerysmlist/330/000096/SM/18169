--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -886,54 +886,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>57.44</v>
       </c>
       <c r="Q5" s="4">
-        <v>49.09</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>85.46</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -949,88 +949,88 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>7.17</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>79.7</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>71.08</v>
       </c>
       <c r="P7" s="8">
-        <v>54.8</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>77.1</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>