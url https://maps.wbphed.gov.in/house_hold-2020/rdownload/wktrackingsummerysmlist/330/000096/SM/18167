--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -152,51 +152,51 @@
   <si>
     <t>UTTAM SAHA</t>
   </si>
   <si>
     <t>Malda Mechanical</t>
   </si>
   <si>
     <t>Supply, installation ,commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II of Bankur Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/020973)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000728/2023-2024</t>
   </si>
   <si>
     <t>2708/MLMD</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
-    <t>28/12/2025</t>
+    <t>26/06/2026</t>
   </si>
   <si>
     <t>M/S DYNAMIC ENGINEERS ENTERPRISE....</t>
   </si>
   <si>
     <t>Work Order for hiring charges of vehicle with fuel, hired for site works of Raiganj Division, P.H.E. Dte. for the period from 29.07.2024 to 02.08.2024.</t>
   </si>
   <si>
     <t>BILL/00275/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-180</t>
   </si>
   <si>
     <t>30/08/2024</t>
   </si>
   <si>
     <t>M/S DILWAR HOSAIN</t>
   </si>
   <si>
     <t>Work Order for hiring charges of vehicle with fuel, hired for site works of Raiganj Division, P.H.E. Dte. for the period from 01.07.2024 to 05.07.2024.</t>
   </si>
   <si>
     <t>BILL/00232/2024-2025</t>
   </si>