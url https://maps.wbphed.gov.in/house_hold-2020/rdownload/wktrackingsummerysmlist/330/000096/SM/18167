--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -890,54 +890,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>84.34</v>
       </c>
       <c r="Q4" s="4">
-        <v>29.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>35.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>55</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -953,54 +953,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>14.28</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.77</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>68.41</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>69</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1288,54 +1288,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>130.15</v>
       </c>
       <c r="P11" s="8">
-        <v>39.75</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>30.54</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>