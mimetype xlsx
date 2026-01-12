--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -134,93 +134,93 @@
   <si>
     <t>Supply, installation ,commissioning and trial operation of electro-mechanical components at T/W no. I &amp; II of Dakshin Damorgachh Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/020855)</t>
   </si>
   <si>
     <t>Assistant Engineer - I</t>
   </si>
   <si>
     <t>Junior Engineer-02</t>
   </si>
   <si>
     <t>ORD/000730/2023-2024</t>
   </si>
   <si>
     <t>4776/MLMD</t>
   </si>
   <si>
     <t>29/12/2023</t>
   </si>
   <si>
     <t>26/06/2024</t>
   </si>
   <si>
     <t>MOON LIGHT CONSTRUCTION AND STAR GOLD ENTERPRISE</t>
   </si>
   <si>
+    <t>Implementation of DAKSHIN DAMODARGACHH and it's adjoining mouzas Pipe Water Supply Scheme at CHOPRA Block of Uttar Dinajpur District under Raiganj Division. (Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections &amp; Pump House.)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer ISD</t>
+  </si>
+  <si>
+    <t>Junior Engineer,Junior Engineer, ISD</t>
+  </si>
+  <si>
+    <t>ORD/000048/2023-2024</t>
+  </si>
+  <si>
+    <t>1555/RD/PHE</t>
+  </si>
+  <si>
+    <t>29/05/2023</t>
+  </si>
+  <si>
+    <t>23/11/2025</t>
+  </si>
+  <si>
+    <t>M/S LUCKY CONSTRUCTION MSLUCKYCONSTRUCTION@GMAIL.COM</t>
+  </si>
+  <si>
     <t>Additional pipeline, Pathway, Land Development and other ancillary works at Dakshin Damodargachh Piped Water Supply Scheme Under Islampur Sub-Division under Raiganj Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000397/2025-2026</t>
   </si>
   <si>
     <t>1596/RD/PHE</t>
   </si>
   <si>
     <t>16/06/2025</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>SANDIP SARKAR</t>
-  </si>
-[...22 lines deleted...]
-    <t>M/S LUCKY CONSTRUCTION MSLUCKYCONSTRUCTION@GMAIL.COM</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -874,140 +874,140 @@
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="J5" s="13"/>
+      <c r="J5" s="13" t="s">
+        <v>42</v>
+      </c>
       <c r="K5" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" s="4">
-        <v>12.06</v>
+        <v>81.37</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
+      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
-        <v>81.37</v>
+        <v>12.06</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>114.63</v>