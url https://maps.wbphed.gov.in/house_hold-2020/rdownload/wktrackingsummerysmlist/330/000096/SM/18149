--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -833,54 +833,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>14.41</v>
       </c>
       <c r="Q4" s="4">
-        <v>11.74</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>81.48</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>82</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -991,54 +991,54 @@
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>114.63</v>
       </c>
       <c r="P7" s="8">
-        <v>11.74</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>10.24</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>