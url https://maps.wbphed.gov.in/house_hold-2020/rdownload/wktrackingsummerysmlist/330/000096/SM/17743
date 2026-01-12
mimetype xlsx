--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -170,51 +170,51 @@
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>MANAS KUMAR SAHA</t>
   </si>
   <si>
     <t>Augmentation of Nalbithi Madhabpur and it's adjoining mouzas Pipe Water Supply Scheme at Itahar Block of Uttar Dinajpur District under Raiganj Division.(Sinking of Tube Well, Laying of Rising Main, Laying Distribution pipe line, Providing Functional house Hold Tap Connections, Pump House)</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer RSD</t>
   </si>
   <si>
     <t>Junior Engineer RWS HQ,Junior Engineer, RSD</t>
   </si>
   <si>
     <t>ORD/000522/2022-2023</t>
   </si>
   <si>
     <t>882/RD/PHE</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
-    <t>14/06/2025</t>
+    <t>11/12/2025</t>
   </si>
   <si>
     <t>WAMOL ENGINEERS CO-OPERATIVE SOCIETY LTD. WAMOLENGICOOPSOCIETYLTD@GMAIL.COM</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>