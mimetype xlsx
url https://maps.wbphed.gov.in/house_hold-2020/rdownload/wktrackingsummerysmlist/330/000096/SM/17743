--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -767,54 +767,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>11.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>8.04</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -946,88 +946,88 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>52.72</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.74</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>16.58</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>20</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>76.16</v>
       </c>
       <c r="P7" s="8">
-        <v>9.67</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>12.7</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>