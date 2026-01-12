--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -176,93 +176,93 @@
   <si>
     <t>BILL/03667/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-630</t>
   </si>
   <si>
     <t>06/03/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD</t>
   </si>
   <si>
     <t>Additional quotation for energization at TW No-III of Shergram water supply scheme in the district of Uttar Dinajpur.</t>
   </si>
   <si>
     <t>BILL/01449/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-359</t>
   </si>
   <si>
     <t>04/07/2024</t>
   </si>
   <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components of T/W no. III of Augmentation of Shergram Water Supply Scheme in the District of Uttar Dinajpur under Malda Mechanical Division, PHE Dte. (TSM/018651)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer - I</t>
+  </si>
+  <si>
+    <t>Junior Engineer-07</t>
+  </si>
+  <si>
+    <t>ORD/000609/2023-2024</t>
+  </si>
+  <si>
+    <t>2724/MLMD</t>
+  </si>
+  <si>
+    <t>14/08/2023</t>
+  </si>
+  <si>
+    <t>10/02/2024</t>
+  </si>
+  <si>
+    <t>JOY MAA SANTOSHI ENTERPRISE.</t>
+  </si>
+  <si>
     <t>Balance pipe line with boundary wall for the purpose of Augmentation of Sergram &amp; it's adjoining mouzas piped Water Supply Scheme of Kaliyaganj Block in the District of Uttar Dinajpur under Raiganj Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer HQ,Assistant Engineer ISD,Assistant Engineer RSD,Assistant Engineer RWS SD</t>
   </si>
   <si>
     <t>ORD/000399/2025-2026</t>
   </si>
   <si>
     <t>1597/RD/PHE</t>
   </si>
   <si>
     <t>16/06/2025</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>MAA BICHITRA CONSTRUCTION MAABICHITRACONST@GMAIL.COM</t>
-  </si>
-[...22 lines deleted...]
-    <t>JOY MAA SANTOSHI ENTERPRISE.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1066,155 +1066,155 @@
         <v>3.84</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>56</v>
+      </c>
       <c r="K8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P8" s="4">
-        <v>19.53</v>
+        <v>7.18</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>5.61</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>78.1</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
+      <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
-        <v>7.18</v>
+        <v>19.53</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>78.1</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>135.06</v>