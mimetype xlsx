--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -812,54 +812,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>11.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.24</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>10.69</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -930,54 +930,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>88.22</v>
       </c>
       <c r="Q5" s="4">
-        <v>15.49</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>17.56</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>45</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1105,90 +1105,92 @@
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>7.18</v>
       </c>
       <c r="Q8" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>78.1</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>38</v>
+      </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>19.53</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
@@ -1198,54 +1200,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>135.06</v>
       </c>
       <c r="P10" s="8">
-        <v>22.34</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>16.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>